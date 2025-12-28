--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -43,11213 +43,10379 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="001C307C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F96C74" w:rsidRPr="00D07E4F" w:rsidRDefault="00321D2C" w:rsidP="00D07E4F">
+    <w:p w:rsidR="00D07E4F" w:rsidRPr="00D07E4F" w:rsidRDefault="00D07E4F" w:rsidP="00D07E4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000667E5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D07E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № 24 города Павлодара» объявляет конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96C74" w:rsidRPr="00D07E4F" w:rsidRDefault="00D07E4F" w:rsidP="00D07E4F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Павлодар қаласының №24 жалпы орта білім беру мектебі" КММ екі тілде (қазақ/орыс) оқытатын  </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность </w:t>
       </w:r>
-      <w:r w:rsidRPr="00321D2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00AC0B3E" w:rsidRPr="00D07E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0B3E" w:rsidRPr="00D07E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>аға вожатыйы</w:t>
+        <w:t>вожатой</w:t>
       </w:r>
-      <w:r w:rsidRPr="000667E5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00F96C74" w:rsidRPr="00D07E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">  (на вакантную должность)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="276"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9064"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="00321D2C" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00447717" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00D07E4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00447717">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 24 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>яя общеобразовательная школа № 24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00321D2C" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00447717" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00D07E4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00447717">
+            <w:r w:rsidRPr="006B3825">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>140010, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Н.Назарбаев даңғылы, 190</w:t>
+              </w:rPr>
+              <w:t>14001</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0, Республика Каз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ахстан, Павлодарская область, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>проспект Н.Назарбаева, 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00447717" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00D07E4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8(7182) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>60-42-68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00447717" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00D07E4F" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00D07E4F" w:rsidRDefault="00D07E4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidRPr="006B3825">
                 <w:rPr>
                   <w:rStyle w:val="a8"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sosh24@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="00321D2C" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00447717" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C" w:rsidP="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00AC0B3E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...59 lines deleted...]
-              <w:t>мөлшерлемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с смешанным  языком обучения,  1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="00296BFE" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00BA4B1E" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00296BFE" w:rsidRDefault="00321D2C" w:rsidP="00296BFE">
-[...430 lines deleted...]
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00D07E4F" w:rsidRDefault="00321D2C" w:rsidP="00D07E4F">
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">способствует развитию деятельности детских общественных организаций, объединений "Жасқыран", "Жасұлан", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дебата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, школьного парламента; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>помогает обучающимся в планировании деятельности их объединений, организаций</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> способствует обновлению содержания и форм их деятельности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>осуществляет работу с учетом возрастных интересов и потребностей детей и подростков;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организует коллективно-творческую деятельность; обеспечивает условия для широкого информирования детей и подростков о действующих организациях, объединениях; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">создает благоприятные условия, позволяющие обучающимся проявлять гражданскую и нравственную позицию, реализовать свои интересы и потребности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>проводит культурно-массовую, патриотическую работу в организации образования, оказывает классным руководителям содействие в организации воспитательной работы, познавательного досуга детей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организует детские и молодежные организации, дебаты, ученическое самоуправление, школьные или студенческие парламенты, волонтерские движения; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заботится о здоровье и безопасности обучающихся; организует их отдых в период каникул; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">изучает и использует инновационный опыт работы с </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обучающимися</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>организовывает общественно-полезную работу "Служение обществу", "Поклонение Родине", "Уважение к старшим", "Уважение к матери"; проводит работу по подбору и подготовке руководителей (организаторов) первичных коллективов детских организаций, объединений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7285" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">работает в тесном контакте с органами самоуправления и педагогическим коллективом организации образования, общественными организациями, родителями обучающихся или лицами, их заменяющими; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00D07E4F" w:rsidRDefault="00AA7285" w:rsidP="00D07E4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прививает </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>антикоррупционную</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> культуру, принципы академической честности среди обучающихся, воспитанников.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00BA4B1E" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008C5CE4" w:rsidRPr="00BA4B1E" w:rsidRDefault="008C5CE4" w:rsidP="008C5CE4">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="008C5CE4" w:rsidP="008C5CE4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...9 lines deleted...]
-            <w:r w:rsidR="00321D2C">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>: 88</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00330223">
+              <w:t>- среднее специ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7E05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321D2C">
+              <w:t xml:space="preserve">альное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00F577FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>131</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321D2C" w:rsidRPr="00473864">
+              <w:t>88131</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> тенге;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="008C5CE4" w:rsidP="008C5CE4">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="005A058B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r w:rsidR="00321D2C">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>:   101</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00330223">
+              <w:t xml:space="preserve">- высшее </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7E05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321D2C">
+              <w:t xml:space="preserve">образование (min):   </w:t>
+            </w:r>
+            <w:r w:rsidR="00F577FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>403</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321D2C" w:rsidRPr="00473864">
+              <w:t>101403</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00BA4B1E" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00BA4B1E" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...21 lines deleted...]
-              <w:t>біліктілік талаптары</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00296BFE" w:rsidRDefault="00321D2C" w:rsidP="00296BFE">
-[...705 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00C84F13" w:rsidRPr="00C84F13" w:rsidRDefault="00AA7285" w:rsidP="00C84F13">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C84F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по направлению "Педагогика", или документ, подтверждающий педагогическую переподготовку без предъявления требований к стажу работы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C84F13" w:rsidRPr="00C84F13" w:rsidRDefault="00AA7285" w:rsidP="00C84F13">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C84F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего или среднего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3 лет, для педагога-эксперта и педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00C84F13" w:rsidRDefault="00AA7285" w:rsidP="00C84F13">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C84F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж работы в должности вожатого для педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C84F13" w:rsidRPr="00C84F13" w:rsidRDefault="00C84F13" w:rsidP="00C84F13">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00BA4B1E" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2.08 -9.08.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00321D2C" w:rsidRPr="007061DC" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00473864" w:rsidRDefault="00321D2C">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00321D2C" w:rsidRPr="00BA4B1E" w:rsidRDefault="00321D2C" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRPr="00BA4B1E" w:rsidRDefault="007061DC" w:rsidP="007061DC">
-            <w:pPr>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...667 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Бағалау парағы;</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00251E0D" w:rsidRPr="007061DC" w:rsidRDefault="00251E0D">
+    <w:p w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F20D4" w:rsidRDefault="009F20D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F20D4" w:rsidRDefault="009F20D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4251"/>
-        <w:gridCol w:w="5886"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007061DC" w:rsidTr="00F94D1B">
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4251" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRPr="00785555" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...36 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5886" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B6148F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7191E">
-[...6 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7191E">
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7191E">
-[...15 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
-[...19 lines deleted...]
-    <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00B6148F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7191E">
-[...73 lines deleted...]
-        <w:t>ЖСН</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00B00AEE" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-        <w:t>)</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
-[...19 lines deleted...]
-    <w:p w:rsidR="007061DC" w:rsidRPr="00B00AEE" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00AEE">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00B6148F" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863" w:rsidRPr="00A9508F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...31 lines deleted...]
-        <w:t>Өтініш</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00C75E82" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C75E82">
-[...40 lines deleted...]
-        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңіздісұраймын (керегінің астын сызу керек)</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00DF4A7D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
-[...125 lines deleted...]
-    <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00437A2D">
-[...6 lines deleted...]
-        <w:t>лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00B00AEE" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00C75E82" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3153"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007061DC" w:rsidTr="00F94D1B">
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-              <w:t>)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқуорныныңатауы</w:t>
+              <w:t>учебногозаведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқукезеңі</w:t>
+              <w:t>Периодобучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Дипломбойыншамамандығы</w:t>
+              <w:t>подиплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007061DC" w:rsidTr="00F94D1B">
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00B00AEE" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00437A2D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения):_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863" w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-        <w:t>Біліктіліксанатыныңболуы</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>берген</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>растаған</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...483 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00EA0B73" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00EA0B73" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00EA0B73" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00C84F13" w:rsidRPr="00C84F13" w:rsidRDefault="00C84F13" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...115 lines deleted...]
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidTr="00F94D1B">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B6148F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...32 lines deleted...]
-          <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына1</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="007061DC" w:rsidRPr="00F7191E" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007061DC" w:rsidRPr="000F7F2D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="001B695E" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DF4A7D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...20 lines deleted...]
-        <w:t>________________________________</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="00C75E82" w:rsidRDefault="007061DC" w:rsidP="007061DC">
-[...97 lines deleted...]
-    <w:p w:rsidR="007061DC" w:rsidRPr="00DF4A7D" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10428" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2128"/>
+        <w:gridCol w:w="5105"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007061DC" w:rsidRPr="00610B31" w:rsidTr="00F94D1B">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRPr="006F7468" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...160 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...5272 lines deleted...]
-            <w:r w:rsidRPr="000F5AB2">
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t>Барлығы:</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRPr="000F5AB2" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> балл – 83</w:t>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007061DC" w:rsidRPr="006F7468" w:rsidRDefault="007061DC" w:rsidP="00F94D1B">
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстанеңбексіңіргенұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007061DC" w:rsidRPr="001B695E" w:rsidRDefault="007061DC" w:rsidP="007061DC">
+    <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007061DC" w:rsidRPr="001B695E" w:rsidRDefault="007061DC" w:rsidP="007061DC">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00C301E5" w:rsidRDefault="00F011C3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявлениео проведении конкурса на вакантную и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли временно вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00C84F13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вожатой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная </w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-гимназия </w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00532E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещено на сайте </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="005A07BD" w:rsidRPr="001776AF">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://goo.edu.kz/loader/fromorg/23/5374</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00251E0D" w:rsidSect="001C307C">
+    <w:p w:rsidR="00D15008" w:rsidRPr="0086672B" w:rsidRDefault="00D15008" w:rsidP="0086672B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00D15008" w:rsidRPr="0086672B" w:rsidSect="001C307C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11812,86 +10978,80 @@
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="73"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00D15008"/>
     <w:rsid w:val="000602B3"/>
     <w:rsid w:val="000A3CB6"/>
     <w:rsid w:val="000C29B7"/>
     <w:rsid w:val="000D1402"/>
     <w:rsid w:val="0010189D"/>
     <w:rsid w:val="001C307C"/>
     <w:rsid w:val="001D7957"/>
     <w:rsid w:val="001E6C21"/>
     <w:rsid w:val="00251E0D"/>
-    <w:rsid w:val="00296BFE"/>
     <w:rsid w:val="002E5399"/>
-    <w:rsid w:val="00321D2C"/>
     <w:rsid w:val="00326737"/>
-    <w:rsid w:val="00330223"/>
     <w:rsid w:val="00352373"/>
     <w:rsid w:val="00352A81"/>
     <w:rsid w:val="0036559D"/>
     <w:rsid w:val="00384B44"/>
     <w:rsid w:val="00392D5B"/>
     <w:rsid w:val="00473864"/>
     <w:rsid w:val="00487858"/>
     <w:rsid w:val="004E793C"/>
     <w:rsid w:val="004F28A2"/>
     <w:rsid w:val="00532E77"/>
     <w:rsid w:val="00573DEB"/>
     <w:rsid w:val="005A058B"/>
     <w:rsid w:val="005A07BD"/>
     <w:rsid w:val="005C1F7D"/>
     <w:rsid w:val="005D26C1"/>
     <w:rsid w:val="005E1863"/>
     <w:rsid w:val="00624187"/>
     <w:rsid w:val="00687DFB"/>
     <w:rsid w:val="006C7B3C"/>
     <w:rsid w:val="007043A0"/>
-    <w:rsid w:val="007061DC"/>
     <w:rsid w:val="007315DA"/>
     <w:rsid w:val="00737F5A"/>
     <w:rsid w:val="007D699F"/>
     <w:rsid w:val="007F1CC4"/>
     <w:rsid w:val="0086672B"/>
     <w:rsid w:val="008A4F3B"/>
-    <w:rsid w:val="008C5CE4"/>
     <w:rsid w:val="009171DC"/>
     <w:rsid w:val="00947BD9"/>
-    <w:rsid w:val="009C086F"/>
     <w:rsid w:val="009F20D4"/>
     <w:rsid w:val="00A52003"/>
     <w:rsid w:val="00A9508F"/>
     <w:rsid w:val="00AA7285"/>
     <w:rsid w:val="00AC0B3E"/>
     <w:rsid w:val="00AF414D"/>
     <w:rsid w:val="00B46C32"/>
     <w:rsid w:val="00B6148F"/>
     <w:rsid w:val="00C301E5"/>
     <w:rsid w:val="00C52DEF"/>
     <w:rsid w:val="00C84F13"/>
     <w:rsid w:val="00CC7E05"/>
     <w:rsid w:val="00D07E4F"/>
     <w:rsid w:val="00D15008"/>
     <w:rsid w:val="00D75259"/>
     <w:rsid w:val="00E36BC9"/>
     <w:rsid w:val="00E66D54"/>
     <w:rsid w:val="00E940AB"/>
     <w:rsid w:val="00EB3DC3"/>
     <w:rsid w:val="00EB72DF"/>
     <w:rsid w:val="00ED74E3"/>
     <w:rsid w:val="00F011C3"/>
     <w:rsid w:val="00F557DC"/>
     <w:rsid w:val="00F577FB"/>
     <w:rsid w:val="00F96C74"/>
@@ -12527,77 +11687,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00532E77"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000D1402"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="118568714">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="177474224">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="404301770">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="788625376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -12743,51 +11877,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135056280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh24@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goo.edu.kz/loader/fromorg/23/5374" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh24@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13052,66 +12186,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03B830BD-B24C-4F3C-BDD1-51E5AEE069C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1842</Words>
-  <Characters>10505</Characters>
+  <Words>1961</Words>
+  <Characters>11182</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12323</CharactersWithSpaces>
+  <CharactersWithSpaces>13117</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Uchitel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>