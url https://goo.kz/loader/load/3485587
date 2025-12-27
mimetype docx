--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -1,11552 +1,3334 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4CEFF678" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00F45004" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+    <w:p w14:paraId="3AC08ACD" w14:textId="4C08A475" w:rsidR="0020534A" w:rsidRPr="00286371" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">облысы </w:t>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли сад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">ілім беру басқармасы, Павлодар қаласының </w:t>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» отдела образования города </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодара,  управления</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286371">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>объявляет открытый конкурс на вакантную</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>ілім беру бөлімінің «Павлодар қаласының №</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2CCF43EB" w14:textId="4E5CE6B1" w:rsidR="00CE62DE" w:rsidRPr="00B91E5F" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0799BDD5" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...48 lines deleted...]
-    <w:p w14:paraId="266D5E8C" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30144250" w14:textId="5879C51E" w:rsidR="0020534A" w:rsidRPr="00004D0A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4CD0E1F9" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00175527" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A57203">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A57203">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A57203">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00004D0A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00004D0A">
+        <w:t>:00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> час.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1440B7CE" w14:textId="0299F5E6" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...56 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006424F8">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>Павлодар</w:t>
+        <w:t>КГКП «</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ.</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Ясли сад №4 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">города </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Павлодара»  г.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Павлодар, улица </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш. Айманова</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ш. Айманов көшесі</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>13</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>64-15-52; эл.пош</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">та: </w:t>
+        <w:t>64-15-52</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00833BE3">
+        <w:r w:rsidRPr="00001EA4">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad4@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F47962F" w14:textId="42ECD130" w:rsidR="00CE62DE" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="11D80AEB" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="28278BE0" w14:textId="3D4DFC00" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Орыс тілде оқытылып тәрбиеленетін тәрбиешінің</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> бос лауазымына орна</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ласуға ашық конкурс жариялайды.</w:t>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...45 lines deleted...]
-    <w:p w14:paraId="77C74197" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00E44D0A" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акант</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ную </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB4E62">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком обучения и воспитания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102DD430" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00F45004" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="322C40C2" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4931F7AD" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года № 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF77134" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...132 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="3BF3FA12" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="009144D3" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>В течение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBEAB0F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00D3649F" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="009144D3">
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли сад</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">города Павлодара» улица </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аймано</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. эл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>очта</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="73325741" w14:textId="3FAC4FDD" w:rsidR="00CE62DE" w:rsidRPr="00CE62DE" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sad4@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB5501E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00234522" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CF576F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00234522" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3759EA35" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00234522" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7AC587" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00234522" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, утверждёнными Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F89073" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00234522" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) заседании конкурсной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CA85C3" w14:textId="7F930822" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли сад</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006C3169">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">со </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">» КМҚК </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>смешаным</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> көшесі, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3169">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языком </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="6D4A5AFC" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00E81F1F" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>еализует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717A5896" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00F45004" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DA56F05" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Квалификационные требования: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA10ED2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И (или) педагог-мастер высшего уровня квалификации за стаж педагогической работы при наличии – 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C27FCF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не менее 2 лет для педагога-модератора, не менее 3 лет для педагога-эксперта, не менее 4 лет для педагога-исследователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27ADE2CC" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E2613C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) "педагог" (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB90C53" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>знает содержание учебного предмета, учебно-воспитательного процесса, методики обучения и оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551A713E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72772DFD" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>способствует формированию общей культуры обучающегося и его социализации,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612C3446" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>участвует в мероприятиях на уровне организации образования, реализует индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DE5AE3" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог-модератор</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общим требованиям категории "педагог", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2851A12A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, становится участником олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA094E8" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517D8184" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствует общим требованиям категории "педагог-модератор</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DE7ABF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>владеет навыками анализа организованной учебной деятельности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3017CA67" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реализует конструктивность и наставничество, определяет приоритеты профессионального развития как отдельных, так и коллективных на уровне организаций образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BBCA32B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обобщает опыт на уровне города/региона, становится участниками олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECC629E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F01180" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствует общим требованиям категории "педагог-эксперт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DC4DFE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>владеет навыками разработки инструментария исследования и оценки урока,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA8D1BB" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3682BF36" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EE5102" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляет Наставничество в педагогическом сообществе на уровне района, города и конструктивно определяет стратегию развития,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A6A41F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обобщает опыт на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F336C4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наличие участников олимпиад, конкурсов, соревнований на уровне области/ городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D88E08F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>5) "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271BA23F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>соответствует общим требованиям категории "педагог-мастер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>" ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2C0B9F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>иметь авторские программы и быть автором (соавтором) авторских программ или учебников, учебно-методических пособий, одобренных республиканским учебно-методическим советом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C6D091" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>обеспечивает развитие навыков научного проектирования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043C238B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>осуществляет руководство и планирует участие в сети профессиональных объединений на уровне области,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122C4F4F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>является участником республиканских и международных конкурсов и олимпиад или готовит участников республиканских и международных конкурсов, утвержденных уполномоченным областным органом образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48EB4BF0" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF1D1B">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: осуществляет обучение и воспитание обучающихся в соответствии с государственными общеобязательными стандартами образования и на основе концепции "образование на основе ценностей" с учетом специфики преподаваемого предмета,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CCFF8C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и способствует развитию индивидуальных способностей обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24744AAB" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Использует новые подходы, эффективные формы, методы и средства обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C614D6D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Участвует в разработке и выполнении учебных программ, обеспечивает их реализацию в полном объеме в соответствии с учебным планом и графиком учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE41720" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Участвует в заседаниях методических объединений, методических советов, сетевых сообществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5858203C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D97011" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальную коррекцию отклонений в развитии с учетом специфики преподаваемого предмета в специальных (коррекционных) образовательных учреждениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAD26F2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Повышает профессиональную компетентность, в том числе информационно-коммуникационную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBC0BE6" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Выполняет правила и нормы охраны труда, техники безопасности и противопожарной защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1521454F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386C9781" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет сотрудничество с родителями или лицами, их заменяющими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38FD055B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Выполняет требования техники безопасности при эксплуатации оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC35790" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает создание необходимых условий для сохранения жизни и здоровья детей во время образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A03118C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Заполняет документы, перечень которых утвержден уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C4E05B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В образовательных организациях понятие "образование, основанное на ценностях" внедряется всеми формами образовательного процесса, в том числе с участием детских семей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DFDB3F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Профилактика антикоррупционной культуры, принципов академической честности среди обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57EAF812" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF1D1B">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Должен знать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: Конституцию Республики Казахстан, Трудовой кодекс Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "о противодействии коррупции", "О языках в Республике Казахстан", государственные общеобязательные стандарты образования и другие нормативные правовые акты, определяющие направления и перспективы развития образования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C3BB1DD" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогика и психология,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492357A2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>методику преподавания дисциплины, воспитательную работу, средства обучения и их дидактические возможности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE5AE80" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>требования к оборудованию учебных кабинетов и вспомогательных помещений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65645DBB" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>правила и нормы охраны труда, техники безопасности и противопожарной защиты, санитарные правила и нормы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566CCB3D" w14:textId="0EA5EDEB" w:rsidR="0020534A" w:rsidRPr="001315D5" w:rsidRDefault="0020534A" w:rsidP="00E95519">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заработная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> плата</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00722B94">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E95519">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: сред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нее-специальное образование – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95519">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14000</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95519">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>158</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...1527 lines deleted...]
-    <w:p w14:paraId="2AD3404E" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>000 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BDCA1D" w14:textId="115F3D59" w:rsidR="0020534A" w:rsidRPr="008F5FA7" w:rsidRDefault="0020534A" w:rsidP="00E95519">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заработная плата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95519">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее образование – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95519">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>000–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95519">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>178</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>000 тенге (без квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...566 lines deleted...]
-    <w:p w14:paraId="147DA3E2" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="009144D3" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FF840A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00EF1D1B" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A7954BE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...288 lines deleted...]
-    <w:p w14:paraId="457C84BE" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB4C015" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="54FD4836" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4039D546" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Ақпаратты</w:t>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность или электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B7AAA3" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)заполненный личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7219D846" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648AE3F2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) копия документа, подтверждающего трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F57B81F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ-175/2020» Об утверждении форм учетной документации в области здравоохранения " (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233F44BF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) справка с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3D11CD" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) справка с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE0CB13" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НБС) или свидетельство о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера( при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CDB7D6E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) заполненный оценочный лист кандидата на вакантную или временно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FF35DB">
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантную должность хореографа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B67C385" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00E41C37" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги в случаях выявления недостоверных документов, представленных услугополучателем для получения государственной услуги, и (или) содержащихся в них данных (сведений), необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C4A800" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00194DDD" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FF35DB">
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1601">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>үшін</w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FF35DB">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>байланыс</w:t>
+        <w:t>64-15-52</w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...97 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t>электронный адрес </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00833BE3">
+        <w:r w:rsidRPr="00001EA4">
           <w:rPr>
             <w:rStyle w:val="a5"/>
-            <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad4@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C81BA2" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
-[...432 lines deleted...]
-        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+    <w:p w14:paraId="416DC405" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B05BA40" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15C6F934" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D52EC1A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41385B5D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A15E849" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="257D08C5" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C635A6" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31ABBF22" w14:textId="77777777" w:rsidR="00E95519" w:rsidRDefault="00E95519" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0568C741" w14:textId="31129A07" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 11 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей первых руководителей и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB0C9F4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7466 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C40581A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B80BBB5" w14:textId="0B25C2CD" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="35B8C041" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04ADD591" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:ind w:left="6904"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6857FB29" wp14:editId="124B4424">
+                <wp:extent cx="1779905" cy="5080"/>
+                <wp:effectExtent l="12065" t="10160" r="8255" b="3810"/>
+                <wp:docPr id="1" name="Группа 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="5080"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="2803" cy="8"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="2" name="Line 6"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="4"/>
+                            <a:ext cx="2803" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="5085">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="04FE8432" id="Группа 14" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMFxLPFQIAAJUEAAAOAAAAZHJzL2Uyb0RvYy54bWyklM1y2yAQx++d6Tsw3GvJbp04Gss5OIkv&#10;buuZJA+AAUlMEcsAtuS374IUOx+XTqoDAyy7/Pe3i5a3favJUTqvwJR0OskpkYaDUKYu6fPTw7cF&#10;JT4wI5gGI0t6kp7err5+WXa2kDNoQAvpCAYxvuhsSZsQbJFlnjeyZX4CVho0VuBaFnDp6kw41mH0&#10;VmezPL/KOnDCOuDSe9y9G4x0leJXleThd1V5GYguKWoLaXRp3McxWy1ZUTtmG8VHGewTKlqmDF56&#10;DnXHAiMHpz6EahV34KEKEw5tBlWluEw5YDbT/F02GwcHm3Kpi662Z0yI9h2nT4flv44bZx/tzg3q&#10;cboF/scjl6yzdfHaHtf1cJjsu58gsJ7sECAl3leujSEwJdInvqczX9kHwnFzen19c5PPKeFom+eL&#10;ET9vsEYfnHhzP7rNFvn3wWcR65WxYrgsCRwFxYJjB/kLJP9/kB4bZmVi7yOEnSNKlHRGiWEt5r1V&#10;RpKrKCfeiwfWZkDIezMiJAbWDTO1TKGeThbdpimBNy5x4ZH/PyL9MbTsC9ILmwTzzIYV1vmwkdCS&#10;OCmpRsGpUOy49WHA+HIk1s3Ag9Ia91mhDelSfebJwYNWIhqjzbt6v9aOHFl8UOkba/LmGDauESlY&#10;I5m4H+eBKT3MUac2qcWG5AeMexCnnYvaxmKOTYi9n8o+vtP4uF6v06nL32T1FwAA//8DAFBLAwQU&#10;AAYACAAAACEAwxpz0toAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF7wX/wzKCt7qJ&#10;0hLSbESk9SSFqiC9jdkxCWZnQ3ZN4r/vtpd6GXi8x3vfZKvRNKKnztWWFcTzCARxYXXNpYLj4eM5&#10;AeE8ssbGMim4k4NVPnnKMNV24C/q974UoYRdigoq79tUSldUZNDNbUscvIvtDPogu1LqDodQbhq5&#10;iKJXabDmsFBhS5uKiuv+ZhRsBxzWy/i9310vm/v34eXztItJqdl0XL+B8DT6/zD84gd0yAPT2d5Y&#10;O9EoCI/4vxu8RRItQZwVJCDzTD6i5z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADBcS&#10;zxUCAACVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;wxpz0toAAAACAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+                <v:line id="Line 6" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCtBGk5xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvgt8hPKE3zSq01dUorbbgoVD/odfH5rm7unlZktRdv70pFHocZuY3zGzRmkrcyPnSsoLhIAFB&#10;nFldcq7gsP/sj0H4gKyxskwK7uRhMe92Zphq2/CWbruQiwhhn6KCIoQ6ldJnBRn0A1sTR+9sncEQ&#10;pculdthEuKnkKElepMGS40KBNS0Lyq67H6Og/bLH8XtdNc+TplyvThf3sfl+Veqp175NQQRqw3/4&#10;r73WCkbweyXeADl/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK0EaTnEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".14125mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE6C1BE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20E7BAB7" wp14:editId="74F2B819">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C81D04C" wp14:editId="4B20EECB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4841875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>142240</wp:posOffset>
+                  <wp:posOffset>151130</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1779905" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Полилиния 9"/>
+                <wp:docPr id="16" name="Полилиния 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1779905" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 7625 7625"/>
                             <a:gd name="T1" fmla="*/ T0 w 2803"/>
                             <a:gd name="T2" fmla="+- 0 10427 7625"/>
                             <a:gd name="T3" fmla="*/ T2 w 2803"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -11582,176 +3364,7500 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3D5347F0" id="Полилиния 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgUEEzkQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1pUnTGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00y7aXYX4QSJM6PLyI1zf7TrOdcr4FU/LsLOVMGQlVazYl/7q6&#10;f3PJmQ/CVEKDUSV/Up7fLF++uO5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4MrDJorMF1IqDqNknl&#10;RI/onU7yNL1IenCVdSCV9/j3bjDyJeHXtZLhc117FZguOXILdDo61/FMltei2Dhhm1aONMQ/sOhE&#10;azDoAepOBMG2rv0NqmulAw91OJPQJVDXrVSUA2aTpSfZPDbCKsoFi+PtoUz+/8HKT7tH+8VF6t4+&#10;gPzmsSJJb31xsETFow9b9x+hwh6KbQBKdl+7Lt7ENNieavp0qKnaBybxZ7ZYXF2lc84k2rJ8QSVP&#10;RDHdlVsf3isgHLF78GHoSIUS1bNiRnQYdIXdqzuNzXn9hqVscZHP6Rg7eHDLJrdXCVulrGf5ZXp+&#10;6pRPToSVpbN88Uew88kvguVHYJjAZqIomom13JuRNkpMxCeQUqEs+FigFZKbKoQI6BRT/Isvxj71&#10;He6MIRzO9ulUO85wqtdDulaEyCyGiCLrS061iD862KkVkCmctA6DPFu1OfbC61i5I1aDGW/EADg3&#10;g0BBI9ej1hq4b7Wm3moTqczTyznVxoNuq2iMbLzbrG+1YzsR3yt9MRkE+8XNwdZUBNYoUb0b5SBa&#10;Pcjor7G2NMdxdOM68MUaqiccYwfDFsCthUID7gdnPW6AkvvvW+EUZ/qDwSd2lc1mcWWQMpsvclTc&#10;sWV9bBFGIlTJA8fGR/E2DGtma127aTBSRukaeIvPp27jnBO/gdWo4CunbMeNFNfIsU5ez3tz+RMA&#10;AP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3FevK9OtIoXWAL14sMFHEd&#10;XMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1lrolj7IIA3G67cPoMaZx&#10;bLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSjtvbyYqruQUWa4h8Ms35S&#10;hzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA4FBBM5ECAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAADrBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+              <v:shape w14:anchorId="7F5A6CA6" id="Полилиния 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgUEEzkQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1pUnTGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00y7aXYX4QSJM6PLyI1zf7TrOdcr4FU/LsLOVMGQlVazYl/7q6&#10;f3PJmQ/CVEKDUSV/Up7fLF++uO5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4MrDJorMF1IqDqNknl&#10;RI/onU7yNL1IenCVdSCV9/j3bjDyJeHXtZLhc117FZguOXILdDo61/FMltei2Dhhm1aONMQ/sOhE&#10;azDoAepOBMG2rv0NqmulAw91OJPQJVDXrVSUA2aTpSfZPDbCKsoFi+PtoUz+/8HKT7tH+8VF6t4+&#10;gPzmsSJJb31xsETFow9b9x+hwh6KbQBKdl+7Lt7ENNieavp0qKnaBybxZ7ZYXF2lc84k2rJ8QSVP&#10;RDHdlVsf3isgHLF78GHoSIUS1bNiRnQYdIXdqzuNzXn9hqVscZHP6Rg7eHDLJrdXCVulrGf5ZXp+&#10;6pRPToSVpbN88Uew88kvguVHYJjAZqIomom13JuRNkpMxCeQUqEs+FigFZKbKoQI6BRT/Isvxj71&#10;He6MIRzO9ulUO85wqtdDulaEyCyGiCLrS061iD862KkVkCmctA6DPFu1OfbC61i5I1aDGW/EADg3&#10;g0BBI9ej1hq4b7Wm3moTqczTyznVxoNuq2iMbLzbrG+1YzsR3yt9MRkE+8XNwdZUBNYoUb0b5SBa&#10;Pcjor7G2NMdxdOM68MUaqiccYwfDFsCthUID7gdnPW6AkvvvW+EUZ/qDwSd2lc1mcWWQMpsvclTc&#10;sWV9bBFGIlTJA8fGR/E2DGtma127aTBSRukaeIvPp27jnBO/gdWo4CunbMeNFNfIsU5ez3tz+RMA&#10;AP//AwBQSwMEFAAGAAgAAAAhALoY0hjdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYShhjKk2nCgESRwZIO3qN1xYap2qyrfDr8U5ws/2enr9XrCbfqwONsQts4XqWgSKu&#10;g+u4sfD+9nS1BBUTssM+MFn4pgir8vyswNyFI7/SYZ0aJSEcc7TQpjTkWse6JY9xFgZi0XZh9Jhk&#10;HRvtRjxKuO+1ybKF9tixfGhxoIeW6q/13lt4/ujcS6RdxZg+zc9jFae4qa29vJiqe1CJpvRnhhO+&#10;oEMpTNuwZxdVb+FuYW7FasHcSIWTIZsbmbZymWegy0L/r1D+AgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOBQQTORAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALoY0hjdAAAACgEAAA8AAAAAAAAAAAAAAAAA6wQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...2 lines deleted...]
-          <w:sz w:val="17"/>
+    </w:p>
+    <w:p w14:paraId="7EA353FC" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>фамилия,имя</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,отчество</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="180BF78E" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD9F311" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="764EAB37" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="430B473B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающийдокумент</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22B86BCA" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="1877"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вобаллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="7535F2B2" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E24CDE4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04FB6C5D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C78D8AB" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="031CEA65" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0758E91B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78F35E11" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6C97EC" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническоеипрофессиональное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="000CF6B4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшееочное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C611330" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0329C9F8" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломовысшемобразованиис</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="35EC52FD" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31AC88E1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="430BDB9B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38F4A82B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E236A61" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FB518EE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическаястепень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C4149C9" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FB88B32" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55C0DB93" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистрилиспециалистсвысшим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62B46B25" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-доктор=10баллов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Докторнаук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E7F54FD" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидатнаук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="1AD99E7A" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="9143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46388F06" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02D3AE3A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DCFA0C5" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="715753CC" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E36ACB9" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="528D1989" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A197EEE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F2721FE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B4FC338" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E013327" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F144A17" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="086B35FE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1402F864" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50FFC0C3" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E92C7A9" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6002A1E4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60099FA3" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C3E1B0F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25A10F67" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2ED8AD1F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49765BC6" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CAB88C7" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BAB2FEE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="315A9E0B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C6DEB00" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FDD6B7E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C718A6E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AD866A3" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AE682C2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58333CF1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40B5DC0B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BC75A74" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49E5E06B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12DF3F44" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="198AD7BE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E8344CC" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CF34FD5" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D4A4C75" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5664198A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5934B8D8" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56A41E05" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="712080B4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06F65FE5" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34C99A40" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="352F5CB9" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7504E604" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57F92C3A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D2281D1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FDAF31B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DAD5E41" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F059870" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24B5DCB4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FE09AF6" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16A5CAB4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="715E0E44" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40562D5B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4516D034" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="173E340F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="485FDCC5" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20A549AF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0008896F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="628D060B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="572DBFF8" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="112A6AC2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="234E49E7" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D75E9F4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F9CF09B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42C768A3" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="770618A4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FEC4D34" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="675AA705" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BC65092" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="220DBE24" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04444166" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="498DA31F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59B7B786" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="780872A8" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77239535" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B200DF6" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07C46C04" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15707A2C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="170B9D9D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33AA4948" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26CA204E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33461F50" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="242C04C6" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47BFE90F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285CC914" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A9ADBEF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F4273A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E91E03F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D54943E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от80до90баллов=6баллов По методике и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогике:от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30C81A0B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079BD3DE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="001BA426" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F74F7A2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054CD3AE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F616332" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06275CB8" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F1CB385" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B1FC363" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от80до90баллов=7баллов По методике и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогике:от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C97B783" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3367CA86" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=3балла от60до70баллов=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FD1376B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0847DB51" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47B564ED" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14EDC246" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0042B9AC" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=7баллов от80до90баллов=8баллов По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="29A1817E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidSect="00E95519">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="567" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="2E58F6B4" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33F19877" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5672D0F7" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DC7755E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37EE3E43" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от30до40баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D76323" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6703048A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79D1FF44" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="083ACB71" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="529B6BB7" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F803821" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64F60C00" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E3736D0" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=8баллов от 80 до90 баллов = 9 баллов По методике и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогике:от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373EA919" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79E9EE42" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=5баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E665370" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569BB419" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="79BE11D6" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25FD2624" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BAD093E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38488B61" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5217EBD1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ABE9A1F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D2B985C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C81006E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BFA2AF1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="574E351E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E58AA5E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A8CDC9F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68F89EFE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение,иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24F8714F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2категория=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A1FA0EA" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор=3балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A6D1A35" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26933DFE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="11C27D85" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BBF3369" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4123EF94" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AAACF98" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25EAB0FE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3794D1A5" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическойдеятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="633B8AD2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E4978FF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63B3BF41" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от1 до3 лет =1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01BCFAC2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от3 до5 лет =1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49EC854B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="980"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от5до10лет=2балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="472869A5" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D5617AD" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AD7492D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="501F0A9B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51E6AC2E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опытадминистративнойи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="196852AE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52389B40" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60A8CF5F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместительдиректора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=3балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="44178E5C" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7469BBA0" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="174FDD6B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DEE01BF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EC5FF36" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CDC9A26" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дляпедагогов,впервыепоступающих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66129458" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71D1ED93" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложениекдипломуоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D94190A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55915931" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"=0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="395F5B71" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56BD25EE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3164F261" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08B341B1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FEBDD98" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76A0F631" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1811BE2C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BB967EF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательноеписьмос</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предыдущегоместаработы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12D546BF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B07B7E0" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1225BF7B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D2F8083" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32620F96" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательногописьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76FCB9D7" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствиерекомендательного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="587270D4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="7798C5BA" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A43E382" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="397BA375" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="573A7FF1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4B227B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призерыолимпиадиконкурсов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F76B209" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных проектов = 1 балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призерыолимпиадиконкурсов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="4A7D10F1" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE67532" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="362AC61F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">П о к а з а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21FF6DA1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F1D6F36" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="155" w:hanging="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственнаянаграда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07404D87" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="238"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="48EADE87" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призерконкурса"Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7567BA81" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="276AE26C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладательмедали"Қазақстанеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"=10баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="78BD3B39" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AFFC0DF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00970441" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C8AF1E7" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="396EFEEA" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72362DB2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23840BF0" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BCABCD9" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BBB8F52" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7576295B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="511D8FD4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="762396F2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E62C770" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E89E18A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A9E3A68" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3333885D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B0336CB" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2559EFE0" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06542DF5" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6673D1B7" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторскиеработы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04413ECA" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( или</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56126EAC" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( или</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C2CAB88" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="144"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>переченьКОКСОН</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="67C894E7" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E95EA1A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2842AC9B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20E482E3" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="797E0A5D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7360920F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AD04874" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03785F7D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BF3ED9E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17EF8A83" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BA17B56" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D057179" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34DF29FE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="705AB27D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическаядеятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="627E4E9C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="229A916A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EC941B6" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29EAB16B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BA52898" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A131712" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="49691529" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5D970A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="882"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наставник = 0,5 балла </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководствоМО</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=1балл лидер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24784FF9" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36A0C82B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="512BE2C0" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="35"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподаваниена2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,русский</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BA6C462" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="054D1E23" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15054FB1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07CEF0C0" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28F6B91D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C284C54" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5104EE3C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="453444B8" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="013D2748" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22189FDE" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25B9CFA8" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6460345C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59C5AB30" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F45390A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DA9FDFC" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D81A615" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61CD3F14" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="256"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметнойподготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F9DF19" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="216"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатнацифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F08D16" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="2103"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24615804" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучениепо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программированияв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"," Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="457A4ED2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="002E9F11" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1798FB50" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62EDDF03" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A917213" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсыЦПМНИШ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18D23C37" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="545CC061" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы=0,5балла(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="33E5DDAF" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A89D078" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="140F8ECC" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальныйбалл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1476578C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0BB43EE1" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00004D0A" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B094897" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E327B35" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01AD7C7F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="778DB840" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E25E39" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11457B90" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31A20866" w14:textId="18133196" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3361F37A" w14:textId="4FC65AB3" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07925488" w14:textId="13C18E2C" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0377DA45" w14:textId="27FD49F5" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B0AFB05" w14:textId="2F4CBF71" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E59169D" w14:textId="2AC5403B" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C3DDDF0" w14:textId="1C783D78" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BDAF30B" w14:textId="29AACDA8" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18A065A6" w14:textId="5C684CF2" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="285CD03C" w14:textId="0BAD4BFE" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1248F99C" w14:textId="149CA134" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E0FEF6" w14:textId="6DA2109C" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D642A6D" w14:textId="06BC9E3F" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D0F9A1A" w14:textId="2A97884D" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1254B5F0" w14:textId="56D461FF" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CC05B1D" w14:textId="6A743B74" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0819BBC4" w14:textId="5E4513E3" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B18C276" w14:textId="1FE8D7ED" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B05545" w14:textId="01C41E6C" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BCFCD5B" w14:textId="4E05F7C6" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09DD8A99" w14:textId="794ABA34" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D657FF" w14:textId="33FABC43" w:rsidR="006C3169" w:rsidRDefault="006C3169" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35151C06" w14:textId="05E0E92D" w:rsidR="006C3169" w:rsidRDefault="006C3169" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="205E1268" w14:textId="53F4D5F4" w:rsidR="006C3169" w:rsidRDefault="006C3169" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C0D7FD" w14:textId="6B2B09C1" w:rsidR="006C3169" w:rsidRDefault="006C3169" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D223343" w14:textId="77777777" w:rsidR="006C3169" w:rsidRDefault="006C3169" w:rsidP="00E95519">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06A851E1" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3028F6AA" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8BA7C8" w14:textId="121C7655" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>назначения на должности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB07D32" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BFC354" w14:textId="68F4493D" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3FDACE5C" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB53107" w14:textId="7EAA9B8E" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4826A645" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC57EE9" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4975ACE6" wp14:editId="4276D483">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4841875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>153035</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1779905" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Полилиния 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 7625 7625"/>
+                            <a:gd name="T1" fmla="*/ T0 w 2803"/>
+                            <a:gd name="T2" fmla="+- 0 10427 7625"/>
+                            <a:gd name="T3" fmla="*/ T2 w 2803"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2803">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2802" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="5085">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="42514662" id="Полилиния 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgUEEzkQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1pUnTGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00y7aXYX4QSJM6PLyI1zf7TrOdcr4FU/LsLOVMGQlVazYl/7q6&#10;f3PJmQ/CVEKDUSV/Up7fLF++uO5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4MrDJorMF1IqDqNknl&#10;RI/onU7yNL1IenCVdSCV9/j3bjDyJeHXtZLhc117FZguOXILdDo61/FMltei2Dhhm1aONMQ/sOhE&#10;azDoAepOBMG2rv0NqmulAw91OJPQJVDXrVSUA2aTpSfZPDbCKsoFi+PtoUz+/8HKT7tH+8VF6t4+&#10;gPzmsSJJb31xsETFow9b9x+hwh6KbQBKdl+7Lt7ENNieavp0qKnaBybxZ7ZYXF2lc84k2rJ8QSVP&#10;RDHdlVsf3isgHLF78GHoSIUS1bNiRnQYdIXdqzuNzXn9hqVscZHP6Rg7eHDLJrdXCVulrGf5ZXp+&#10;6pRPToSVpbN88Uew88kvguVHYJjAZqIomom13JuRNkpMxCeQUqEs+FigFZKbKoQI6BRT/Isvxj71&#10;He6MIRzO9ulUO85wqtdDulaEyCyGiCLrS061iD862KkVkCmctA6DPFu1OfbC61i5I1aDGW/EADg3&#10;g0BBI9ej1hq4b7Wm3moTqczTyznVxoNuq2iMbLzbrG+1YzsR3yt9MRkE+8XNwdZUBNYoUb0b5SBa&#10;Pcjor7G2NMdxdOM68MUaqiccYwfDFsCthUID7gdnPW6AkvvvW+EUZ/qDwSd2lc1mcWWQMpsvclTc&#10;sWV9bBFGIlTJA8fGR/E2DGtma127aTBSRukaeIvPp27jnBO/gdWo4CunbMeNFNfIsU5ez3tz+RMA&#10;AP//AwBQSwMEFAAGAAgAAAAhAF7ZivHdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4sXRkbKk2nCgESRwZIO3qN1xYap6qzrfD0pKdxtP3p9/fn69F16kiDtJ4NzGcJKOLK&#10;25ZrAx/vzzf3oCQgW+w8k4EfElgXlxc5Ztaf+I2Om1CrGMKSoYEmhD7TWqqGHMrM98TxtveDwxDH&#10;odZ2wFMMd51Ok2SpHbYcPzTY02ND1ffm4Ay8fLb2VWhfMoav9PeplFG2lTHXV2P5ACrQGM4wTPpR&#10;HYrotPMHtqI6A6tlehdRA+liDmoCkkUay+ymzS3oItf/KxR/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOBQQTORAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAF7ZivHdAAAACgEAAA8AAAAAAAAAAAAAAAAA6wQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63C38113" wp14:editId="5E3BADC9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4841875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>320040</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1779905" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Полилиния 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 7625 7625"/>
+                            <a:gd name="T1" fmla="*/ T0 w 2803"/>
+                            <a:gd name="T2" fmla="+- 0 10427 7625"/>
+                            <a:gd name="T3" fmla="*/ T2 w 2803"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2803">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2802" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="5085">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1C483C22" id="Полилиния 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgUEEzkQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1pUnTGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00y7aXYX4QSJM6PLyI1zf7TrOdcr4FU/LsLOVMGQlVazYl/7q6&#10;f3PJmQ/CVEKDUSV/Up7fLF++uO5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4MrDJorMF1IqDqNknl&#10;RI/onU7yNL1IenCVdSCV9/j3bjDyJeHXtZLhc117FZguOXILdDo61/FMltei2Dhhm1aONMQ/sOhE&#10;azDoAepOBMG2rv0NqmulAw91OJPQJVDXrVSUA2aTpSfZPDbCKsoFi+PtoUz+/8HKT7tH+8VF6t4+&#10;gPzmsSJJb31xsETFow9b9x+hwh6KbQBKdl+7Lt7ENNieavp0qKnaBybxZ7ZYXF2lc84k2rJ8QSVP&#10;RDHdlVsf3isgHLF78GHoSIUS1bNiRnQYdIXdqzuNzXn9hqVscZHP6Rg7eHDLJrdXCVulrGf5ZXp+&#10;6pRPToSVpbN88Uew88kvguVHYJjAZqIomom13JuRNkpMxCeQUqEs+FigFZKbKoQI6BRT/Isvxj71&#10;He6MIRzO9ulUO85wqtdDulaEyCyGiCLrS061iD862KkVkCmctA6DPFu1OfbC61i5I1aDGW/EADg3&#10;g0BBI9ej1hq4b7Wm3moTqczTyznVxoNuq2iMbLzbrG+1YzsR3yt9MRkE+8XNwdZUBNYoUb0b5SBa&#10;Pcjor7G2NMdxdOM68MUaqiccYwfDFsCthUID7gdnPW6AkvvvW+EUZ/qDwSd2lc1mcWWQMpsvclTc&#10;sWV9bBFGIlTJA8fGR/E2DGtma127aTBSRukaeIvPp27jnBO/gdWo4CunbMeNFNfIsU5ez3tz+RMA&#10;AP//AwBQSwMEFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4spdoKKk2nCsEkjgyQOHqN1xYap6qzrePpSU9wtP3p9/cX68n16kijdJ4N3C4SUMS1&#10;tx03Bt7fnm/uQUlAtth7JgNnEliXlxcF5taf+JWO29CoGMKSo4E2hCHXWuqWHMrCD8TxtvejwxDH&#10;sdF2xFMMd71OkyTTDjuOH1oc6LGl+nt7cAY2H519EdpXjOEr/XmqZJLP2pjrq6l6ABVoCn8wzPpR&#10;HcrotPMHtqJ6A3dZuoqogVWyBDUDyTKNZXbzJgNdFvp/hfIXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA4FBBM5ECAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAELHXb9wAAAAKAQAADwAAAAAAAAAAAAAAAADrBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA25BF3" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орган, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAE7908" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F65F634" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E8D8B13" wp14:editId="371D1246">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3286E9D6" wp14:editId="7CC58D35">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>215265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Полилиния 8"/>
+                <wp:docPr id="21" name="Полилиния 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
                             <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -11787,214 +10893,210 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="749C2B75" id="Полилиния 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nWg23FkfrQeKchGSkQ5Apf&#10;Ns5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6VMhQ1WQwj35HjW+V7i5Fl&#10;b2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk070br+7vhcQUi0hD/w3DB&#10;Z3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQC7iiBpjwIAAH8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAOkEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="0DBC5075" id="Полилиния 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nWg23FkfrQeKchGSkQ5Apf&#10;Ns5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6VMhQ1WQwj35HjW+V7i5Fl&#10;b2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk070br+7vhcQUi0hD/w3DB&#10;Z3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQC7iiBpjwIAAH8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAOkEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482B6F5F" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+    <w:p w14:paraId="65A321F9" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-[...16 lines deleted...]
-      </w:r>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О.кандидата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>Т.А.Ә.</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="455C6215" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E5B3BAD" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="29"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7152CE02" wp14:editId="10B626FA">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41C71B9F" wp14:editId="0E7B75DC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Полилиния 7"/>
+                <wp:docPr id="20" name="Полилиния 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -12010,160 +11112,182 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="39C42358" id="Полилиния 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1aDtxosG3jjXMZwoEcemq&#10;lo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPSlw1Z9DPXE8db7QaLIcrB&#10;yGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2jejda3N+PjA4hAY/gLw4Qf&#10;0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALuKIGmPAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="1B780534" id="Полилиния 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9T0dCkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKGxnaRNa9QphnYd&#10;BnQXoNkHKLIcG5NFTVLitF8/irbTNMNehgWIQYnU4eEhpeubfavZTjnfgCl4Nkk5U0ZC2ZhNwX+s&#10;7s8uOfNBmFJoMKrgT8rzm+XbN9edzdUUatClcgxBjM87W/A6BJsniZe1aoWfgFUGnRW4VgRcuk1S&#10;OtEhequTaZpeJB240jqQynvcveudfEn4VaVk+FZVXgWmC47cAn0dfdfxmyyvRb5xwtaNHGiIf2DR&#10;isZg0gPUnQiCbV3zB1TbSAceqjCR0CZQVY1UVANWk6Un1TzWwiqqBcXx9iCT/3+w8uvu0X53kbq3&#10;DyB/elQk6azPD5648BjD1t0XKLGHYhuAit1Xro0nsQy2J02fDpqqfWASNy/SeTa7Qukl+rLpgiRP&#10;RD6elVsfPikgHLF78KHvSIkW6VkyI1pMukKIqtXYnPdnLGWXc/oP/TsEZWPQu4StUtaxq/Nsfho0&#10;HYMIKUtn57OIdxo2G8Mi1vQIC9lvRn6iHinLvRk4o8VEnP+UVLLgozor5DbKgwgYFOv7SyzmPo3t&#10;zwwpHA726Ug7znCk130ZVoTILKaIJusKTlLEjRZ2agXkCid9wyQvXm2Oo/D4a1a9G0/EBDg0vUFJ&#10;I9ejvhq4b7SmxmoTqSyydEHaeNBNGZ2RjXeb9a12bCfiZaVfLAbBXoU52JqSwGolyo+DHUSjexvj&#10;NWpLQxznNr4FPl9D+YQz7KB/AvDJQqMG98xZh9e/4P7XVjjFmf5s8H5dZXOcCBZoMT9fTHHhjj3r&#10;Y48wEqEKHjg2Ppq3oX9jttY1mxozZVSugQ94d6omDjnx61kNC7ziVO3wHMU35HhNUS+P5vI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KjdNlRRiFMBEhckqFo4cNwmGyc0XofYbdO/xznBcXZWM2/y9Wg7caLBt441zGcKBHHp&#10;qpaNhs+Pl7sUhA/IFXaOScOFPKyL66scs8qdeUunXTAihrDPUEMTQp9J6cuGLPqZ64mjV7vBYohy&#10;MLIa8BzDbScXSq2kxZZjQ4M9PTdUHnZHq+Hp234plf7Ul8Nmvnmt3wyad6P17c34+AAi0Bj+nmHC&#10;j+hQRKa9O3LlRachTeKUoGG5WoCYfLW8T0Dsp0sCssjl/wXFLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9T0dCkAIAAHwFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAAAAAAAAAAAAAAOoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042B9FEA" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+    <w:p w14:paraId="4D0D3D1B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-[...16 lines deleted...]
-      </w:r>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="18A29725" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEE05CF" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="29"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37020F3A" wp14:editId="650EE5B5">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31653D42" wp14:editId="13EBD9A2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Полилиния 6"/>
+                <wp:docPr id="19" name="Полилиния 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -12179,101 +11303,101 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="38ED2276" id="Полилиния 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1aDtxosG3jjXMZwoEcemq&#10;lo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPSlw1Z9DPXE8db7QaLIcrB&#10;yGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2jejda3N+PjA4hAY/gLw4Qf&#10;0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALuKIGmPAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="0B98BA59" id="Полилиния 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9T0dCkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKGxnaRNa9QphnYd&#10;BnQXoNkHKLIcG5NFTVLitF8/irbTNMNehgWIQYnU4eEhpeubfavZTjnfgCl4Nkk5U0ZC2ZhNwX+s&#10;7s8uOfNBmFJoMKrgT8rzm+XbN9edzdUUatClcgxBjM87W/A6BJsniZe1aoWfgFUGnRW4VgRcuk1S&#10;OtEhequTaZpeJB240jqQynvcveudfEn4VaVk+FZVXgWmC47cAn0dfdfxmyyvRb5xwtaNHGiIf2DR&#10;isZg0gPUnQiCbV3zB1TbSAceqjCR0CZQVY1UVANWk6Un1TzWwiqqBcXx9iCT/3+w8uvu0X53kbq3&#10;DyB/elQk6azPD5648BjD1t0XKLGHYhuAit1Xro0nsQy2J02fDpqqfWASNy/SeTa7Qukl+rLpgiRP&#10;RD6elVsfPikgHLF78KHvSIkW6VkyI1pMukKIqtXYnPdnLGWXc/oP/TsEZWPQu4StUtaxq/Nsfho0&#10;HYMIKUtn57OIdxo2G8Mi1vQIC9lvRn6iHinLvRk4o8VEnP+UVLLgozor5DbKgwgYFOv7SyzmPo3t&#10;zwwpHA726Ug7znCk130ZVoTILKaIJusKTlLEjRZ2agXkCid9wyQvXm2Oo/D4a1a9G0/EBDg0vUFJ&#10;I9ejvhq4b7SmxmoTqSyydEHaeNBNGZ2RjXeb9a12bCfiZaVfLAbBXoU52JqSwGolyo+DHUSjexvj&#10;NWpLQxznNr4FPl9D+YQz7KB/AvDJQqMG98xZh9e/4P7XVjjFmf5s8H5dZXOcCBZoMT9fTHHhjj3r&#10;Y48wEqEKHjg2Ppq3oX9jttY1mxozZVSugQ94d6omDjnx61kNC7ziVO3wHMU35HhNUS+P5vI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KjdNlRRiFMBEhckqFo4cNwmGyc0XofYbdO/xznBcXZWM2/y9Wg7caLBt441zGcKBHHp&#10;qpaNhs+Pl7sUhA/IFXaOScOFPKyL66scs8qdeUunXTAihrDPUEMTQp9J6cuGLPqZ64mjV7vBYohy&#10;MLIa8BzDbScXSq2kxZZjQ4M9PTdUHnZHq+Hp234plf7Ul8Nmvnmt3wyad6P17c34+AAi0Bj+nmHC&#10;j+hQRKa9O3LlRachTeKUoGG5WoCYfLW8T0Dsp0sCssjl/wXFLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9T0dCkAIAAHwFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAAAAAAAAAAAAAAOoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="078F2F18" wp14:editId="1B0E5322">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A08C85C" wp14:editId="1DFB4738">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>463550</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Полилиния 5"/>
+                <wp:docPr id="18" name="Полилиния 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -12289,1880 +11413,2242 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="20224B3E" id="Полилиния 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD+uFec3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEjcWLKC1qk0nQCJCxJMDA4cvdZNy5qkNNnW/fu5p3Gynv30/L18NdpOHGgIrXca5jMFglzp&#10;q9YZDd9fr3dLECGiq7DzjjScKMCquL7KMav80X3SYRON4BAXMtTQxNhnUoayIYth5ntyfKv9YDGy&#10;HIysBjxyuO1kotRCWmwdf2iwp5eGyt1mbzU8/9ofpZZ/9Wm3nq/f6neD5sNofXszPj2CiDTGixkm&#10;fEaHgpm2fu+qIDrWyYK7RA3pPc/JoNL0AcR22iQgi1z+r1CcAQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALuKIGmPAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="32C78DD5" id="Полилиния 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9T0dCkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKGxnaRNa9QphnYd&#10;BnQXoNkHKLIcG5NFTVLitF8/irbTNMNehgWIQYnU4eEhpeubfavZTjnfgCl4Nkk5U0ZC2ZhNwX+s&#10;7s8uOfNBmFJoMKrgT8rzm+XbN9edzdUUatClcgxBjM87W/A6BJsniZe1aoWfgFUGnRW4VgRcuk1S&#10;OtEhequTaZpeJB240jqQynvcveudfEn4VaVk+FZVXgWmC47cAn0dfdfxmyyvRb5xwtaNHGiIf2DR&#10;isZg0gPUnQiCbV3zB1TbSAceqjCR0CZQVY1UVANWk6Un1TzWwiqqBcXx9iCT/3+w8uvu0X53kbq3&#10;DyB/elQk6azPD5648BjD1t0XKLGHYhuAit1Xro0nsQy2J02fDpqqfWASNy/SeTa7Qukl+rLpgiRP&#10;RD6elVsfPikgHLF78KHvSIkW6VkyI1pMukKIqtXYnPdnLGWXc/oP/TsEZWPQu4StUtaxq/Nsfho0&#10;HYMIKUtn57OIdxo2G8Mi1vQIC9lvRn6iHinLvRk4o8VEnP+UVLLgozor5DbKgwgYFOv7SyzmPo3t&#10;zwwpHA726Ug7znCk130ZVoTILKaIJusKTlLEjRZ2agXkCid9wyQvXm2Oo/D4a1a9G0/EBDg0vUFJ&#10;I9ejvhq4b7SmxmoTqSyydEHaeNBNGZ2RjXeb9a12bCfiZaVfLAbBXoU52JqSwGolyo+DHUSjexvj&#10;NWpLQxznNr4FPl9D+YQz7KB/AvDJQqMG98xZh9e/4P7XVjjFmf5s8H5dZXOcCBZoMT9fTHHhjj3r&#10;Y48wEqEKHjg2Ppq3oX9jttY1mxozZVSugQ94d6omDjnx61kNC7ziVO3wHMU35HhNUS+P5vI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAo7PiH98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3KjdHyBK41SAxAUJqhYOPW6TjRMar0Pstunb45zgtNqd0ew32WqwrThR7xvHGqYTBYK4&#10;cGXDRsPX5+tdAsIH5BJbx6ThQh5W+fVVhmnpzryh0zYYEUPYp6ihDqFLpfRFTRb9xHXEUatcbzHE&#10;tTey7PEcw20rZ0o9SIsNxw81dvRSU3HYHq2G52+7Uyr5qS6H9XT9Vr0bNB9G69ub4WkJItAQ/sww&#10;4kd0yCPT3h259KLVkCxilaDhcR7nqKv5/QLEfrzMQOaZ/N8g/wUAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9T0dCkAIAAHwFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAAAAAAAAAAAAAAOoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308D36B1" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+    <w:p w14:paraId="3961973D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="29"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3477EC62" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FF3CC1C" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-[...15 lines deleted...]
-        <w:t>Нақты</w:t>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>тұратын</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проживания,адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прописки,контактный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="77B43B66" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EA3CEA" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-        <w:spacing w:before="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132FC8D5" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="006C3169">
+      <w:pPr>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="35171240" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B38558B" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:t>Мені</w:t>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B3677E2" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="105" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>бос/уақытша</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>бос</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>лауазымға</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>орналасуға</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>арналған</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>конкурсқа</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...9 lines deleted...]
-    <w:p w14:paraId="5123E3A3" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A1F064" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="25"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F9807A9" wp14:editId="566A9CBC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BE7E1FF" wp14:editId="19D5C563">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201295</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6041390" cy="1270"/>
+                <wp:extent cx="6130290" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Полилиния 4"/>
+                <wp:docPr id="17" name="Полилиния 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6041390" cy="1270"/>
+                          <a:ext cx="6130290" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9654"/>
+                            <a:gd name="T2" fmla="+- 0 10493 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="9514">
+                            <a:path w="9654">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="9513" y="0"/>
+                                <a:pt x="9653" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1D3DE843" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBa7ZD73wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ2CmhLiVIDEBQkqCgeO22TjhMbrELtt+vc4J3qc2dHsm3w12k4caPCtYw3JTIEgLl3V&#10;stHw9flyswThA3KFnWPScCIPq+LyIsesckf+oMMmGBFL2GeooQmhz6T0ZUMW/cz1xPFWu8FiiHIw&#10;shrwGMttJ+dKLaTFluOHBnt6bqjcbfZWw9OP/VZq+Vufdutk/Vq/GTTvRuvrq/HxAUSgMfyHYcKP&#10;6FBEpq3bc+VFF/V8EbcEDbdJCmIKqDS9A7GdnHuQRS7PJxR/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALuKIGmPAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="41F1EFE8" id="Полилиния 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS5jGQjwIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pVnTGHWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00zbCXYQFiUCJ1eHhI6fpm32m2U863YEqenaecKSOhas2m5N9X&#10;92dXnPkgTCU0GFXyJ+X5zfL1q+veFiqHBnSlHEMQ44velrwJwRZJ4mWjOuHPwSqDzhpcJwIu3Sap&#10;nOgRvdNJnqaXSQ+usg6k8h537wYnXxJ+XSsZvta1V4HpkiO3QF9H33X8JstrUWycsE0rRxriH1h0&#10;ojWY9AB1J4JgW9f+AdW10oGHOpxL6BKo61YqqgGrydKTah4bYRXVguJ4e5DJ/z9Y+WX3aL+5SN3b&#10;B5A/PCqS9NYXB09ceIxh6/4zVNhDsQ1Axe5r18WTWAbbk6ZPB03VPjCJm5fZRZovUHqJviyfk+SJ&#10;KKazcuvDRwWEI3YPPgwdqdAiPStmRIdJVwhRdxqb8/aMpexqRv+xf4egbAp6k7BVynq2uHw3Ow3K&#10;pyBCytLZ4iLinYZdTGERKz/CQvabiZ9oJspyb0bOaDER5z8llSz4qM4KuU3yIAIGxfr+Eou5T2OH&#10;M2MKh4N9OtKOMxzp9VCGFSEyiymiyfqSkxRxo4OdWgG5wknfMMmzV5vjKDz+ktXgxhMxAQ7NYFDS&#10;yPWorwbuW62psdpEKvMsnZM2HnRbRWdk491mfasd24l4WekXi0GwF2EOtqYisEaJ6sNoB9HqwcZ4&#10;jdrSEMe5jW+BL9ZQPeEMOxieAHyy0GjA/eKsx+tfcv9zK5ziTH8yeL8W2QwnggVazN7Nc1y4Y8/6&#10;2COMRKiSB46Nj+ZtGN6YrXXtpsFMGZVr4D3enbqNQ078BlbjAq84VTs+R/ENOV5T1POjufwNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2g2vZCfvQeFKwmAtgSJU3&#10;DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8VBadDnPfISXvy/dOxyT7&#10;mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSjRaWur4aHe2ARh/j3DBN+&#10;QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAFLmMZCPAgAAfAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E0BB81" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+    <w:p w14:paraId="56901D9E" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="006C3169">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
-        <w:ind w:left="539" w:right="949"/>
-[...15 lines deleted...]
-        <w:t>Білім</w:t>
+        <w:ind w:left="120" w:right="1486"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>беру</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>ұйымдарының</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>атауы,</w:t>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...1023 lines deleted...]
-    <w:p w14:paraId="6E19B68B" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>область,район</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,город</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\село) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CD28D0" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="25"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="553EBA5B" wp14:editId="62801B42">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="390220F6" wp14:editId="21B74779">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201930</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6396355" cy="1270"/>
+                <wp:extent cx="6130290" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Полилиния 1"/>
+                <wp:docPr id="24" name="Полилиния 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6396355" cy="1270"/>
+                          <a:ext cx="6130290" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 10073"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9654"/>
+                            <a:gd name="T2" fmla="+- 0 10493 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="10073">
+                            <a:path w="9654">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="10073" y="0"/>
+                                <a:pt x="9653" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4F6235AA" id="Полилиния 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBIEpKokAIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1rU1Wo04xtOsw&#10;oLsAzT5AkeXYmCxqkhKn/fpRkp16GfYyzA8CaVKHhxfx+ubQS7IXxnagKpqdp5QIxaHu1Lai39f3&#10;Z+8osY6pmklQoqJPwtKb1etX14MuRQ4tyFoYgiDKloOuaOucLpPE8lb0zJ6DFgqNDZieOVTNNqkN&#10;GxC9l0mepotkAFNrA1xYi3/vopGuAn7TCO6+No0VjsiKIjcXThPOjT+T1TUrt4bptuMjDfYPLHrW&#10;KQx6hLpjjpGd6f6A6jtuwELjzjn0CTRNx0XIAbPJ0pNsHlumRcgFi2P1sUz2/8HyL/tH/c146lY/&#10;AP9hsSLJoG15tHjFog/ZDJ+hxh6ynYOQ7KExvb+JaZBDqOnTsabi4AjHn4vialFcXlLC0Zbly1Dy&#10;hJXTXb6z7qOAgMP2D9bFjtQohXrWRLEeg66xe00vsTlvz0hKsnwRj7GDR7dscnuTkHVKBpKl6bI4&#10;9conrwiWFUURIE/9isnPo+VzNExhO5Fk7cSbH9RIHCXC/CNIQ6k0WF+iNdKbaoQI6OST/IsvBj/1&#10;jXfGEAan+3SuDSU415uYh2bOM/MhvEgG7ECohv/Tw16sIdjcSfcwyotVqrlXvD/nFe14xYfA2YlC&#10;COvZztqr4L6TMvRXKk9mmaXLUB0Lsqu90dOxZru5lYbsmX+z4fPpINhvbgZ2qg5grWD1h1F2rJNR&#10;Rn+J1Q2z7MfXrwRbbqB+wlE2EDcBbi4UWjDPlAy4BSpqf+6YEZTITwqf2VV2ceHXRlAuLpc5KmZu&#10;2cwtTHGEqqij2Hov3rq4anbadNsWI2UhXQXv8Qk1nZ/1wC+yGhV86SHbcSv5VTLXg9fL7lz9AgAA&#10;//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0sDQRCE&#10;74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWuZmvYhDGN3gkoFwUwdL1X&#10;oxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659BwnnqNVqaFD+jot/fRykwy&#10;DlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFlPQlxfTXf3wHLOOc/M5zx&#10;CR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEgSkqiQAgAAgwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAA6gQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="105FE9CB" id="Полилиния 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS5jGQjwIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pVnTGHWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00zbCXYQFiUCJ1eHhI6fpm32m2U863YEqenaecKSOhas2m5N9X&#10;92dXnPkgTCU0GFXyJ+X5zfL1q+veFiqHBnSlHEMQ44velrwJwRZJ4mWjOuHPwSqDzhpcJwIu3Sap&#10;nOgRvdNJnqaXSQ+usg6k8h537wYnXxJ+XSsZvta1V4HpkiO3QF9H33X8JstrUWycsE0rRxriH1h0&#10;ojWY9AB1J4JgW9f+AdW10oGHOpxL6BKo61YqqgGrydKTah4bYRXVguJ4e5DJ/z9Y+WX3aL+5SN3b&#10;B5A/PCqS9NYXB09ceIxh6/4zVNhDsQ1Axe5r18WTWAbbk6ZPB03VPjCJm5fZRZovUHqJviyfk+SJ&#10;KKazcuvDRwWEI3YPPgwdqdAiPStmRIdJVwhRdxqb8/aMpexqRv+xf4egbAp6k7BVynq2uHw3Ow3K&#10;pyBCytLZ4iLinYZdTGERKz/CQvabiZ9oJspyb0bOaDER5z8llSz4qM4KuU3yIAIGxfr+Eou5T2OH&#10;M2MKh4N9OtKOMxzp9VCGFSEyiymiyfqSkxRxo4OdWgG5wknfMMmzV5vjKDz+ktXgxhMxAQ7NYFDS&#10;yPWorwbuW62psdpEKvMsnZM2HnRbRWdk491mfasd24l4WekXi0GwF2EOtqYisEaJ6sNoB9HqwcZ4&#10;jdrSEMe5jW+BL9ZQPeEMOxieAHyy0GjA/eKsx+tfcv9zK5ziTH8yeL8W2QwnggVazN7Nc1y4Y8/6&#10;2COMRKiSB46Nj+ZtGN6YrXXtpsFMGZVr4D3enbqNQ078BlbjAq84VTs+R/ENOV5T1POjufwNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv76tWo3fsiEPsAimYzwQwpCaY&#10;jloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTalvuQ8Nha9jrPQI+XsKwxepzwO&#10;LTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulmi2KyqNT11fj4ACzhmP6O4Yyf&#10;0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAUuYxkI8CAAB8BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAADpBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B7CEBF4" w14:textId="77777777" w:rsidR="00CE62DE" w:rsidRPr="00097EC8" w:rsidRDefault="00CE62DE" w:rsidP="00CE62DE">
-      <w:pPr>
+    <w:p w14:paraId="66A39B69" w14:textId="642BE937" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="905"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3169" w:rsidRPr="006C3169">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3169" w:rsidRPr="006C3169">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3169" w:rsidRPr="006C3169">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>область,район</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,город</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8E020F" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="21" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:высшее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="31940F9B" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF1B70A" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4307E050" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20352333" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020534A" w:rsidRPr="00B531BC" w14:paraId="59E4B077" w14:textId="77777777" w:rsidTr="007806B4">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18276A01" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1A60C9" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFFD03D" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3552AC42" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA73073" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F3DB916" wp14:editId="4DF24973">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>533400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6218555" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Полилиния 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6218555" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9793"/>
+                            <a:gd name="T2" fmla="+- 0 10633 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9793"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9793">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9793" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="26678888" id="Полилиния 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBroJdhkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1JU3TGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePop3Uy7CXYQFiUOLR4eFFurndd5rtlPMtmJJn5ylnykioWrMp+bfV&#10;w9kVZz4IUwkNRpX8WXl+u3z96qa3hcqhAV0px5DE+KK3JW9CsEWSeNmoTvhzsMqgswbXiYBLt0kq&#10;J3pk73SSp+ll0oOrrAOpvMfd+8HJl8Rf10qGL3XtVWC65Kgt0NfRdx2/yfJGFBsnbNPKUYb4BxWd&#10;aA0GPVLdiyDY1rV/UHWtdOChDucSugTqupWKcsBssvQkm6dGWEW5YHG8PZbJ/z9a+Xn3ZL+6KN3b&#10;R5DfPVYk6a0vjp648Ihh6/4TVNhDsQ1Aye5r18WTmAbbU02fjzVV+8Akbl7m2dV8PudMoi/LF1Ty&#10;RBSHs3LrwwcFxCN2jz4MHanQonpWzIgOg66we3WnsTlvz1jKri7oP/bvCMoOoDcJW6WsZ9eL69kp&#10;KD+AiClLL2ezyHcKmx1gkSufcKH6zUGfaA6S5d6MmtFiIs5/SlWy4GN1VqjtUB5kQFDM7y9YjH2K&#10;Hc6MIRwO9ulIO85wpNdDGlaEqCyGiCbrS06liBsd7NQKyBVO+oZBXrzaTFF0fKpqcOOJGACHZjAo&#10;aNQ66auBh1Zraqw2UcoiSxdUGw+6raIzqvFus77Tju1EvKz0i8kg2W8wB1tTEVmjRPV+tINo9WAj&#10;XmNtaYjj3Ma3wBdrqJ5xhh0MTwA+WWg04H5y1uP1L7n/sRVOcaY/Grxf19kFTgQLtLiYL3JcuKln&#10;PfUII5Gq5IFj46N5F4Y3Zmtdu2kwUkbpGniHd6du45CTvkHVuMArTtmOz1F8Q6ZrQr08mstfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VIXBC1aaooCnEqBELiCCkSPW7jJYkar9PYbcLf45zgODurmTfFdra9uNDoO8caHlYKBHHt&#10;TMeNhs/d630Gwgdkg71j0vBDHrbl9VWBuXETf9ClCo2IIexz1NCGMORS+roli37lBuLofbvRYohy&#10;bKQZcYrhtpdrpVJpsePY0OJAzy3Vx+psNSjCr/ruNM0vx2Z6r/zenbK3vda3N/PTI4hAc/h7hgU/&#10;okMZmQ7uzMaLXkO2iVOChiRdg1h8lSYJiMNy2YAsC/l/QfkLAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAa6CXYZACAAB8BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAAAAAAAAAAAAAADqBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFA88C4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255D8AA4" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109C7B57" w14:textId="77777777" w:rsidR="0020534A" w:rsidRPr="00B531BC" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...57 lines deleted...]
-    <w:sectPr w:rsidR="00E04508" w:rsidRPr="00CE62DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62F88D0D" wp14:editId="7448287A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>533400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6218555" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="26" name="Полилиния 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6218555" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9793"/>
+                            <a:gd name="T2" fmla="+- 0 10633 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9793"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9793">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9793" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="31EA3ADB" id="Полилиния 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBroJdhkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1JU3TGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePop3Uy7CXYQFiUOLR4eFFurndd5rtlPMtmJJn5ylnykioWrMp+bfV&#10;w9kVZz4IUwkNRpX8WXl+u3z96qa3hcqhAV0px5DE+KK3JW9CsEWSeNmoTvhzsMqgswbXiYBLt0kq&#10;J3pk73SSp+ll0oOrrAOpvMfd+8HJl8Rf10qGL3XtVWC65Kgt0NfRdx2/yfJGFBsnbNPKUYb4BxWd&#10;aA0GPVLdiyDY1rV/UHWtdOChDucSugTqupWKcsBssvQkm6dGWEW5YHG8PZbJ/z9a+Xn3ZL+6KN3b&#10;R5DfPVYk6a0vjp648Ihh6/4TVNhDsQ1Aye5r18WTmAbbU02fjzVV+8Akbl7m2dV8PudMoi/LF1Ty&#10;RBSHs3LrwwcFxCN2jz4MHanQonpWzIgOg66we3WnsTlvz1jKri7oP/bvCMoOoDcJW6WsZ9eL69kp&#10;KD+AiClLL2ezyHcKmx1gkSufcKH6zUGfaA6S5d6MmtFiIs5/SlWy4GN1VqjtUB5kQFDM7y9YjH2K&#10;Hc6MIRwO9ulIO85wpNdDGlaEqCyGiCbrS06liBsd7NQKyBVO+oZBXrzaTFF0fKpqcOOJGACHZjAo&#10;aNQ66auBh1Zraqw2UcoiSxdUGw+6raIzqvFus77Tju1EvKz0i8kg2W8wB1tTEVmjRPV+tINo9WAj&#10;XmNtaYjj3Ma3wBdrqJ5xhh0MTwA+WWg04H5y1uP1L7n/sRVOcaY/Grxf19kFTgQLtLiYL3JcuKln&#10;PfUII5Gq5IFj46N5F4Y3Zmtdu2kwUkbpGniHd6du45CTvkHVuMArTtmOz1F8Q6ZrQr08mstfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VIXBC1aaooCnEqBELiCCkSPW7jJYkar9PYbcLf45zgODurmTfFdra9uNDoO8caHlYKBHHt&#10;TMeNhs/d630Gwgdkg71j0vBDHrbl9VWBuXETf9ClCo2IIexz1NCGMORS+roli37lBuLofbvRYohy&#10;bKQZcYrhtpdrpVJpsePY0OJAzy3Vx+psNSjCr/ruNM0vx2Z6r/zenbK3vda3N/PTI4hAc/h7hgU/&#10;okMZmQ7uzMaLXkO2iVOChiRdg1h8lSYJiMNy2YAsC/l/QfkLAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAa6CXYZACAAB8BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAAAAAAAAAAAAAADqBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E347033" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC14C31" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E94AA59" w14:textId="77777777" w:rsidR="0020534A" w:rsidRDefault="0020534A" w:rsidP="0020534A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EDEAF04" w14:textId="77777777" w:rsidR="00D919AF" w:rsidRDefault="00D919AF" w:rsidP="0020534A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D919AF" w:rsidSect="00EF1D1B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="256180504">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="914822181">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="170146989">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0077611A"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00E04508"/>
+    <w:rsidRoot w:val="00EC10FA"/>
+    <w:rsid w:val="0020534A"/>
+    <w:rsid w:val="006C3169"/>
+    <w:rsid w:val="0091301D"/>
+    <w:rsid w:val="00D919AF"/>
+    <w:rsid w:val="00E95519"/>
+    <w:rsid w:val="00EC10FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="60006068"/>
+  <w14:docId w14:val="721E864D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B54748A6-0043-48AA-A6BD-6820824D3976}"/>
+  <w15:docId w15:val="{2C302219-783D-4B6D-9A08-EE620D36FA60}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14520,167 +14006,168 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE62DE"/>
+    <w:rsid w:val="0020534A"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CE62DE"/>
+    <w:rsid w:val="0020534A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE62DE"/>
+    <w:rsid w:val="0020534A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CE62DE"/>
+    <w:rsid w:val="0020534A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00CE62DE"/>
+    <w:rsid w:val="0020534A"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00CE62DE"/>
+    <w:rsid w:val="0020534A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14934,90 +14421,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2426</Words>
-  <Characters>13834</Characters>
+  <Words>2292</Words>
+  <Characters>13070</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>115</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16228</CharactersWithSpaces>
+  <CharactersWithSpaces>15332</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>