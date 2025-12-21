--- v0 (2025-12-05)
+++ v1 (2025-12-21)
@@ -1,151 +1,151 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРГЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>БОС ОРЫНДАРҒА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Павлодар </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -553,112 +553,112 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10110" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="658"/>
         <w:gridCol w:w="1767"/>
         <w:gridCol w:w="1572"/>
         <w:gridCol w:w="1558"/>
         <w:gridCol w:w="1872"/>
         <w:gridCol w:w="2683"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidTr="00656CDE">
+      <w:tr w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidTr="004162CD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Бос </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -699,51 +699,51 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>лауазымы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ж</w:t>
@@ -786,51 +786,51 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>көлемі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Оқытылу</w:t>
             </w:r>
@@ -859,124 +859,124 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>МДҰ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мекенжайы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Байланыс</w:t>
             </w:r>
@@ -1016,157 +1016,157 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">,, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>электрондыадресі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidTr="00656CDE">
+      <w:tr w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidTr="004162CD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тәрбиеші</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1197,96 +1197,96 @@
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қазақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
@@ -1359,129 +1359,129 @@
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8(7182)55-64-74</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>email: </w:t>
             </w:r>
             <w:r w:rsidRPr="00421C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>sad35@goo.edu.kz</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+          <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="004162CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Конкурс:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
@@ -1758,51 +1758,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>негізінде</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Конкурстың</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1884,110 +1884,110 @@
         <w:t>орны</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00421C20">
-[...9 lines deleted...]
-        <w:t>0</w:t>
+      <w:r w:rsidR="00C41D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00421C20">
-[...10 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00C41D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.2022 – 1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
@@ -2117,102 +2117,102 @@
         </w:rPr>
         <w:t>көшесі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5/4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Конкурс </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>кезеңдері</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1) конкурс </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2279,51 +2279,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жариялау</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
@@ -2468,51 +2468,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қабылдау</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2745,51 +2745,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қарау</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2834,51 +2834,51 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>отырысы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Конкурс</w:t>
       </w:r>
@@ -3739,51 +3739,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
@@ -4618,51 +4618,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қойылмайды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>         </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7418,51 +7418,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>дейін</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Конкурс</w:t>
       </w:r>
@@ -7601,51 +7601,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тізбесі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7759,51 +7759,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>өтініш</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7928,51 +7928,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>үшін</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8333,51 +8333,51 @@
         <w:t xml:space="preserve"> – бар </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>болса</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8690,51 +8690,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>көшірмелері</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8819,51 +8819,51 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жаты</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>6) "</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9667,51 +9667,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тіркелген</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>7) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9766,51 +9766,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>анықтама</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9865,51 +9865,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>анықтама</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>9) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
@@ -9965,51 +9965,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>анықтама</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>10)</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10116,51 +10116,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>анықтама</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>11) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10557,51 +10557,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жағдайда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>12) 11-қ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10850,51 +10850,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>парағы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ақпаратты</w:t>
       </w:r>
@@ -11100,759 +11100,2802 @@
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> sad35@goo.edu.kz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656CDE" w:rsidRPr="00421C20" w:rsidRDefault="00656CDE" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRPr="00421C20" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRPr="00421C20" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00111C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111C4B" w:rsidRDefault="00111C4B" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="001E02BA" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НА ВАКАНСИЮ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИЧЕСКО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РАБОТНИК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-сад № 35 города Павлодара " отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образования города Павлодара управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет открытый конкурс на занятие вакантной должности:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10110" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="659"/>
+        <w:gridCol w:w="1768"/>
+        <w:gridCol w:w="1572"/>
+        <w:gridCol w:w="1557"/>
+        <w:gridCol w:w="1871"/>
+        <w:gridCol w:w="2683"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidTr="004162CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вакантная должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Объем нагрузки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адрес ДУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Контактный телефон, электронный адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidTr="004162CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ставка (1 ставка – 24 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>часа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Город </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Сормова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5/4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8(7182)55-64-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>email: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sad35@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="004162CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля 2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года «О порядке проведения конкурса на занятие педагогической должности в государственных организациях образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата и место проведения конкурса: с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.08.2022 по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.08.2022. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Город Павлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сормова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 5/4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) публикация объявления о проведении конкурса;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) прием документов от лиц, изъявивших желание участвовать в конкурсе;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) рассмотрение документов претендентов на соответствие квалификационным требованиям, утвержденным типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) заседание конкурсной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Срок и место подачи заявок на участие в конкурсе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в течение 7 рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>со дня опубликования объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в средствах массовой информации документы на занятие вакантной должности принимаются в КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №35 города Павлодара» по адресу: город Павлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сормова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 5/4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(по электронной почте или на бумажном носителе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечивает охрану и охрану здоровья детей: выполняет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>здоровьесберегающую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функцию деятельности воспитателя. Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, графика учебной деятельности по типовому учебному плану возрастных групп, формирует предметно-развивающую среду, руководит творчеством детей (игровым, познавательным, двигательным, художественным, трудовым и др.).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Занимается изучением инновационных технологий воспитания и новых направлений педагогической деятельности на основе отечественных и зарубежных научно-исследовательских работ, авторских произведений и их применением в процессе работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отвечает на вопросы родителей, возникающие в процессе воспитания и обучения детей дошкольного возраста, оказывает помощь. Защищает права и интересы детей. Хорошо владеет компьютерной грамотностью и информационно-коммуникационной компетентностью.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Размер должностного оклада воспитателям от 100000 до 200000 тенге в зависимости от стажа работы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) заявление по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (для идентификации);</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заполненный личный листок по учету кадров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>копии документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00385FEC" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) документ, подтверждающий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>трудовую деятельность;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>справка о состоянии здоровья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ РК-175/2020" Об утверждении форм учетной документации в области здравоохранения " (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>справка с психоневрологической организации;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00385FEC" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>справка с наркологической организации;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00385FEC" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тубдиспансерной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00385FEC" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>справка об отсутствии судимости;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00385FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сертификат Национального квалификационного тестирования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ҰБТ) или свидетельство о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="005C04AF" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12) заполненный оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
+    <w:p w:rsidR="00297ABE" w:rsidRPr="00421C20" w:rsidRDefault="00297ABE" w:rsidP="00297ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны для уточнения информации: 8 (7182) 55-64-74, электронный адрес: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>sad35@goo.edu.kz</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005C04AF" w:rsidRDefault="005C04AF" w:rsidP="00656CDE">
-[...311 lines deleted...]
-    <w:sectPr w:rsidR="00656CDE" w:rsidRPr="00421C20">
+    <w:p w:rsidR="00240836" w:rsidRDefault="00240836"/>
+    <w:sectPr w:rsidR="00240836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00211DFA"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BF3EC7"/>
+    <w:rsidRoot w:val="00D2703E"/>
+    <w:rsid w:val="00111C4B"/>
+    <w:rsid w:val="00240836"/>
+    <w:rsid w:val="00297ABE"/>
+    <w:rsid w:val="00C41D29"/>
+    <w:rsid w:val="00D2703E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11995,116 +14038,78 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00297ABE"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...37 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -12224,139 +14229,85 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00297ABE"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...37 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -12610,70 +14561,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3906</Characters>
+  <Pages>4</Pages>
+  <Words>1332</Words>
+  <Characters>7593</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4582</CharactersWithSpaces>
+  <CharactersWithSpaces>8908</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>