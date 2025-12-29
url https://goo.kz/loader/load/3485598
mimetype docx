--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -40,1153 +40,1150 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00711A0A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="00EC65B5" w:rsidRDefault="00EC65B5" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711A0A">
-[...2 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C363E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711A0A">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">№ </w:t>
+      <w:r w:rsidRPr="00C363E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
       </w:r>
-      <w:r w:rsidR="00A26727">
-[...7 lines deleted...]
-        <w:t>38</w:t>
+      <w:r w:rsidR="0074089D" w:rsidRPr="003B7DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
       </w:r>
-      <w:r w:rsidRPr="00711A0A">
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> орта білім беру мектебі» КММ бойынша</w:t>
+      <w:r w:rsidRPr="00C363E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно вакантных должностей педагогов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="007144A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C363E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательная школа </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="00C363E3" w:rsidRPr="00C363E3" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711A0A">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C363E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="007144A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">педагогтердің  бос және (немесе) уақытша бос лауазымдарына тағайындау конкурсының </w:t>
+        <w:t xml:space="preserve">38 </w:t>
       </w:r>
-      <w:r w:rsidR="00794310">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C363E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нәтижесі</w:t>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRDefault="00711A0A">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="00C363E3" w:rsidRPr="00C363E3" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="490"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2517"/>
+        <w:gridCol w:w="486"/>
+        <w:gridCol w:w="1782"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C363E3" w:rsidRPr="003D1D60" w:rsidTr="004C2553">
-[...2 lines deleted...]
-            <w:tcW w:w="490" w:type="dxa"/>
+      <w:tr w:rsidR="008B0E33" w:rsidRPr="003D1D60" w:rsidTr="00E03534">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00794310" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="008B0E33" w:rsidRPr="00794310" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="1782" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00794310" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="008B0E33" w:rsidRPr="00794310" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
             <w:r w:rsidRPr="00794310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТАЖ</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00794310" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="008B0E33" w:rsidRPr="00794310" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B0E33" w:rsidRPr="00794310" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B0E33" w:rsidRPr="00794310" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B0E33" w:rsidRPr="00794310" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B0E33" w:rsidRPr="00794310" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B2C17" w:rsidRPr="003D1D60" w:rsidTr="00E03534">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="007B2C17" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00794310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="007B2C17" w:rsidP="00A9165E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мыржикова Аружан Ерлановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="007B2C17" w:rsidP="008B0E33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="007B2C17" w:rsidP="00785CA9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00785CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>начальных классов с казахским языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="008B0E33" w:rsidRDefault="007B2C17" w:rsidP="00570347">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0E33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="007B2C17" w:rsidP="00570347">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00785CA9" w:rsidRPr="003D1D60" w:rsidTr="00E03534">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00785CA9" w:rsidRPr="00794310" w:rsidRDefault="00785CA9" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00794310">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00785CA9" w:rsidRPr="00794310" w:rsidRDefault="00785CA9" w:rsidP="00A9165E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сафиулина Диана Рашидовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00785CA9" w:rsidRPr="00794310" w:rsidRDefault="00785CA9" w:rsidP="008B0E33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00785CA9" w:rsidRPr="00794310" w:rsidRDefault="00785CA9" w:rsidP="00A9165E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель начальных классов с русским языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00785CA9" w:rsidRPr="008B0E33" w:rsidRDefault="00785CA9" w:rsidP="00570347">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0E33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00785CA9" w:rsidRPr="00794310" w:rsidRDefault="00785CA9" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B2C17" w:rsidRPr="003D1D60" w:rsidTr="00E03534">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="007B2C17" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00794310">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="007B2C17" w:rsidP="00A9165E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Асылбекова Надежда Бакубаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="00785CA9" w:rsidP="008B0E33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B7EB2" w:rsidRDefault="004B7EB2" w:rsidP="004B7EB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...238 lines deleted...]
-          <w:p w:rsidR="00C363E3" w:rsidRPr="008B0E33" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B7EB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя русского языка и литературы в классах с государственным языком обучения  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="007B2C17" w:rsidP="008B0E33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...280 lines deleted...]
-          <w:p w:rsidR="00C363E3" w:rsidRPr="008B0E33" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="008B0E33" w:rsidRDefault="007B2C17" w:rsidP="00570347">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0E33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2C17" w:rsidRPr="00794310" w:rsidRDefault="007B2C17" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00711A0A" w:rsidRDefault="00711A0A">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0094391B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Конкурстық комиссияның</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0094391B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                                            </w:t>
+        <w:t xml:space="preserve">                       </w:t>
       </w:r>
-      <w:r w:rsidR="00C77BC3">
+      <w:r w:rsidR="007B2C17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Д.С.Сейфулла</w:t>
+        <w:t>Сейфулла Д. С.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="0094391B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="0094391B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0094391B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тамыз</w:t>
+        <w:t>августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094391B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
-[...142 lines deleted...]
-    <w:sectPr w:rsidR="00C363E3" w:rsidSect="00E03534">
+    <w:sectPr w:rsidR="0094391B" w:rsidSect="00E03534">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1288,74 +1285,74 @@
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
-    <w:rsid w:val="003E69C1"/>
+    <w:rsid w:val="00243165"/>
     <w:rsid w:val="004314D6"/>
     <w:rsid w:val="004B7EB2"/>
     <w:rsid w:val="004C2553"/>
     <w:rsid w:val="00561F29"/>
     <w:rsid w:val="00570347"/>
-    <w:rsid w:val="00614D25"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="007144A0"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="00785CA9"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007B2C17"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="0090705F"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="00A26727"/>
     <w:rsid w:val="00B23017"/>
     <w:rsid w:val="00B67E36"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00C77BC3"/>
     <w:rsid w:val="00E03534"/>
     <w:rsid w:val="00E93BFB"/>
+    <w:rsid w:val="00EC65B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2096,69 +2093,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>93</Words>
-  <Characters>531</Characters>
+  <Words>101</Words>
+  <Characters>577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>623</CharactersWithSpaces>
+  <CharactersWithSpaces>677</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>