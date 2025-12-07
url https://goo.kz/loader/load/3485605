--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,3115 +1,1561 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="73A60447" w14:textId="77777777" w:rsidR="00743B77" w:rsidRPr="003572F0" w:rsidRDefault="007B2941" w:rsidP="003572F0">
+    <w:p w14:paraId="1166A860" w14:textId="75A85E4C" w:rsidR="00530FF4" w:rsidRPr="003572F0" w:rsidRDefault="00530FF4" w:rsidP="003572F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2941">
+      <w:r w:rsidRPr="003572F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...282 lines deleted...]
-        <w:t xml:space="preserve"> КМҚК</w:t>
+        <w:t>КГКП «Ясли-сад № 111 г. Павлодара» отдела образования г. Павлодара, управления образования Павлодарской области</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FF081C" w14:textId="77777777" w:rsidR="003572F0" w:rsidRDefault="007B2941" w:rsidP="003572F0">
+    <w:p w14:paraId="4C17A2E1" w14:textId="031D2C4F" w:rsidR="00743B77" w:rsidRPr="003572F0" w:rsidRDefault="00743B77" w:rsidP="003572F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...263 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:tbl>
-[...2140 lines deleted...]
-    <w:p w14:paraId="02E9316D" w14:textId="77777777" w:rsidR="003572F0" w:rsidRPr="000039B3" w:rsidRDefault="003572F0" w:rsidP="003572F0">
+    <w:p w14:paraId="41D06249" w14:textId="6FE6228A" w:rsidR="00743B77" w:rsidRDefault="003572F0" w:rsidP="003572F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003572F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00743B77" w:rsidRPr="003572F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>бъявляет конкурс на назначение на вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003572F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на постоянной основе воспитателя в группу с казахским языком воспитания и обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC804A9" w14:textId="1667C367" w:rsidR="003572F0" w:rsidRDefault="003572F0" w:rsidP="003572F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4719E6B5" w14:textId="77777777" w:rsidR="00743B77" w:rsidRPr="00530FF4" w:rsidRDefault="00743B77" w:rsidP="00530FF4">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10343" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2548"/>
+        <w:gridCol w:w="7795"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000039B3" w14:paraId="4DE55D59" w14:textId="77777777" w:rsidTr="000039B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0299A117" w14:textId="15A00F2E" w:rsidR="000039B3" w:rsidRPr="003572F0" w:rsidRDefault="000039B3" w:rsidP="003572F0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003572F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C1DDA9E" w14:textId="77777777" w:rsidR="000039B3" w:rsidRPr="003572F0" w:rsidRDefault="000039B3" w:rsidP="003572F0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38297129" w14:textId="5667CB7D" w:rsidR="000039B3" w:rsidRDefault="000039B3" w:rsidP="003572F0">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В соответствии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003572F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Приказ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003572F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 31 марта 2022 года № 121.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6058BD82" w14:textId="66F6657B" w:rsidR="000039B3" w:rsidRPr="003572F0" w:rsidRDefault="000039B3" w:rsidP="003572F0">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003572F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>О внесении изменений в приказ Министра образования и науки Республики Казахстан от 13 июля 2009 года № 338 "Об утверждении Типовых квалификационных характеристик должностей педагогических работников и приравненных к ним лиц"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000039B3" w14:paraId="1EA7BDA3" w14:textId="77777777" w:rsidTr="000039B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="733B089A" w14:textId="38D66248" w:rsidR="000039B3" w:rsidRPr="004C54FB" w:rsidRDefault="000039B3" w:rsidP="003572F0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C54FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC60404" w14:textId="239CCA32" w:rsidR="000039B3" w:rsidRPr="004C54FB" w:rsidRDefault="000039B3" w:rsidP="003572F0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000039B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>В приоритете</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000039B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Дошкольное воспитание и обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C54FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (среднее специальное, высшее)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC6854" w14:paraId="3A936D3E" w14:textId="77777777" w:rsidTr="000039B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="220C3A27" w14:textId="4D277D24" w:rsidR="00EC6854" w:rsidRPr="002D5A54" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5A54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Педагогический стаж в должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1FA1EA" w14:textId="7EF8BBC5" w:rsidR="00EC6854" w:rsidRPr="002D5A54" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5A54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Не менее 3-х лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC6854" w14:paraId="5248239B" w14:textId="77777777" w:rsidTr="000039B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7195DE" w14:textId="77777777" w:rsidR="00EC6854" w:rsidRPr="004C54FB" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C54FB">
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BB23A0B" w14:textId="77777777" w:rsidR="00EC6854" w:rsidRPr="004C54FB" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A541E00" w14:textId="0C9D80B8" w:rsidR="00EC6854" w:rsidRPr="004C54FB" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C54FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 10,11 к  </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId4" w:anchor="z6" w:history="1">
+              <w:r w:rsidRPr="004C54FB">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-KZ"/>
+                </w:rPr>
+                <w:t>cовместно</w:t>
+              </w:r>
+              <w:r w:rsidRPr="004C54FB">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+                </w:rPr>
+                <w:t>му</w:t>
+              </w:r>
+              <w:r w:rsidRPr="004C54FB">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-KZ"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> приказ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="004C54FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C54FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра образования и науки РК от 19.11.2021 № 568 и Министра труда и социальной защиты населения РК от 22.11.2021 № 432</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F69AD68" w14:textId="41171082" w:rsidR="00EC6854" w:rsidRPr="004C54FB" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C54FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Об утверждении правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C54FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC6854" w14:paraId="3B9F659A" w14:textId="77777777" w:rsidTr="000039B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA97942" w14:textId="58F5B041" w:rsidR="00EC6854" w:rsidRPr="004C54FB" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Дополнительные документы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F305FE6" w14:textId="209EF548" w:rsidR="00EC6854" w:rsidRPr="000372A4" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000372A4">
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>* Справка о прохождении НКТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="423A53D3" w14:textId="2C060D13" w:rsidR="00EC6854" w:rsidRPr="000372A4" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000372A4">
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>* Справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № КР ДСМ-175/2020 «Об утверждении форм учетной документации в сфере здравоохранение";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52AEA27D" w14:textId="77777777" w:rsidR="00EC6854" w:rsidRPr="000372A4" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000372A4">
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>* справка из психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109C7147" w14:textId="77777777" w:rsidR="00EC6854" w:rsidRPr="000372A4" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000372A4">
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>* справка из наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C9DC4CD" w14:textId="77777777" w:rsidR="00EC6854" w:rsidRPr="004C54FB" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC6854" w14:paraId="7472549F" w14:textId="77777777" w:rsidTr="000039B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F2B6A1" w14:textId="3A7E45CB" w:rsidR="00EC6854" w:rsidRPr="004C54FB" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Оклад по должности педагог-модератор без педагогического стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38553540" w14:textId="4E27C055" w:rsidR="00EC6854" w:rsidRPr="00CA0D4D" w:rsidRDefault="00CA0D4D" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>217352.90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC6854" w14:paraId="5D888B6B" w14:textId="77777777" w:rsidTr="000039B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55613800" w14:textId="4F240C4C" w:rsidR="00EC6854" w:rsidRPr="004C54FB" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Сроки при</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3493">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ма документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DAE34C4" w14:textId="474FF519" w:rsidR="00EC6854" w:rsidRPr="004C54FB" w:rsidRDefault="002D5A54" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">До </w:t>
+            </w:r>
+            <w:r w:rsidR="00C2049D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C2049D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>.2022 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC6854" w:rsidRPr="000039B3" w14:paraId="24BD9031" w14:textId="77777777" w:rsidTr="000039B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0330DC45" w14:textId="2168DF82" w:rsidR="00EC6854" w:rsidRPr="000039B3" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000039B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Адрес дошкольной организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047EF50C" w14:textId="03CEB7E5" w:rsidR="00EC6854" w:rsidRPr="000039B3" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000039B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, г. Павлодар, ул. Камзина, строение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>80/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC6854" w:rsidRPr="000039B3" w14:paraId="4257D6E6" w14:textId="77777777" w:rsidTr="000039B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6399BE1D" w14:textId="3A69D3E1" w:rsidR="00EC6854" w:rsidRPr="000039B3" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Телефоны для контакта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1F582F" w14:textId="1439FD5E" w:rsidR="00EC6854" w:rsidRPr="000039B3" w:rsidRDefault="00EC6854" w:rsidP="00EC6854">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>61-41-16, 61-41-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="25C01193" w14:textId="77777777" w:rsidR="003572F0" w:rsidRPr="000039B3" w:rsidRDefault="003572F0" w:rsidP="003572F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72576E79" w14:textId="77777777" w:rsidR="00743B77" w:rsidRPr="00530FF4" w:rsidRDefault="00743B77" w:rsidP="00530FF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47B48BDE" w14:textId="77777777" w:rsidR="00743B77" w:rsidRPr="00530FF4" w:rsidRDefault="00743B77" w:rsidP="00530FF4">
+    <w:p w14:paraId="7609EC7F" w14:textId="77777777" w:rsidR="00743B77" w:rsidRPr="00530FF4" w:rsidRDefault="00743B77" w:rsidP="00530FF4">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="y2iqfc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74669385" w14:textId="77777777" w:rsidR="00743B77" w:rsidRPr="00530FF4" w:rsidRDefault="00743B77" w:rsidP="00530FF4">
+    <w:p w14:paraId="79308E2D" w14:textId="77777777" w:rsidR="00743B77" w:rsidRPr="00530FF4" w:rsidRDefault="00743B77" w:rsidP="00530FF4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E364749" w14:textId="77777777" w:rsidR="00056B3D" w:rsidRDefault="00056B3D" w:rsidP="00530FF4">
+    <w:p w14:paraId="0D51C768" w14:textId="77777777" w:rsidR="00056B3D" w:rsidRPr="00530FF4" w:rsidRDefault="00056B3D" w:rsidP="00530FF4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="235979A3" w14:textId="77777777" w:rsidR="007B2941" w:rsidRDefault="007B2941" w:rsidP="00530FF4">
-[...95 lines deleted...]
-    <w:sectPr w:rsidR="007B2941" w:rsidSect="00530FF4">
+    <w:sectPr w:rsidR="00056B3D" w:rsidRPr="00530FF4" w:rsidSect="00530FF4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7572"/>
-    <w:rsid w:val="00002695"/>
     <w:rsid w:val="000039B3"/>
-    <w:rsid w:val="00025CE1"/>
     <w:rsid w:val="000372A4"/>
     <w:rsid w:val="00056B3D"/>
     <w:rsid w:val="000F36DF"/>
     <w:rsid w:val="002D3493"/>
     <w:rsid w:val="002D5A54"/>
     <w:rsid w:val="003572F0"/>
-    <w:rsid w:val="004543E3"/>
     <w:rsid w:val="004C54FB"/>
     <w:rsid w:val="00530FF4"/>
     <w:rsid w:val="005B7572"/>
     <w:rsid w:val="00621385"/>
     <w:rsid w:val="00743B77"/>
-    <w:rsid w:val="007B2941"/>
-    <w:rsid w:val="008E37B9"/>
     <w:rsid w:val="00971F06"/>
-    <w:rsid w:val="00AE4F7A"/>
-    <w:rsid w:val="00B95853"/>
+    <w:rsid w:val="00C2049D"/>
+    <w:rsid w:val="00CA0D4D"/>
+    <w:rsid w:val="00CD169B"/>
     <w:rsid w:val="00E635D3"/>
     <w:rsid w:val="00EC6854"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="75537DA0"/>
-  <w15:docId w15:val="{88D79521-9380-468F-B660-4F70FF7256EA}"/>
+  <w14:docId w14:val="7CBF7D5F"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{FA551EEF-BD25-4AA3-85A0-1230596DF02E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3520,63 +1966,65 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00743B77"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00743B77"/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="003572F0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
@@ -3586,97 +2034,97 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="340939733">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2100025349" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3684,51 +2132,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3889,65 +2337,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>260</Words>
-  <Characters>1483</Characters>
+  <Words>271</Words>
+  <Characters>1547</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1740</CharactersWithSpaces>
+  <CharactersWithSpaces>1815</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>USER</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>