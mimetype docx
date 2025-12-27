--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -15,6854 +15,1584 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00952DEA" w:rsidRPr="0084775E" w14:paraId="41F572CC" w14:textId="77777777" w:rsidTr="00C321F9">
+      <w:tr w:rsidR="001D13A6" w:rsidRPr="002747BA" w14:paraId="311C9784" w14:textId="77777777" w:rsidTr="00555EB0">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="496C1B3A" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="23BDCE85" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0084775E">
-[...4 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="535D6B97" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="43A87851" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z204"/>
+            <w:bookmarkStart w:id="0" w:name="z304"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 5 к Правилам</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>назначения на должности,</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>білім</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>освобождения от должностей</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> беру</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>первых руководителей</w:t>
             </w:r>
-            <w:r w:rsidRPr="0084775E">
-[...4 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:br/>
+              <w:t>и педагогов государственных</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...175 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...47 lines deleted...]
-      <w:tr w:rsidR="00952DEA" w:rsidRPr="0084775E" w14:paraId="1C730A18" w14:textId="77777777" w:rsidTr="00C321F9">
+      <w:tr w:rsidR="001D13A6" w:rsidRPr="002747BA" w14:paraId="3A56AC03" w14:textId="77777777" w:rsidTr="00555EB0">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76A2F500" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="30ED5F7F" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0084775E">
-[...4 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="649E0001" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="1D755BFD" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0084775E">
-[...4 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:bookmarkStart w:id="1" w:name="z305"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D13A6" w:rsidRPr="002747BA" w14:paraId="59A76085" w14:textId="77777777" w:rsidTr="00555EB0">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A11C449" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06A3EC28" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z306"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="0084775E">
-[...4 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">конкурс </w:t>
+              <w:t>____________________________</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>жариялаған</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(государственный орган,</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...34 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>орган</w:t>
+              <w:t>объявивший конкурс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04570B7F" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00952DEA">
+    <w:p w14:paraId="052EABAE" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="001D13A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      ____________________________________________________________________ </w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>      ______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ф.И.О. кандидата (при его наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ИИН _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A60B346" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00952DEA">
+    <w:p w14:paraId="6A7CF21F" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="001D13A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0084775E">
-[...66 lines deleted...]
-        <w:t xml:space="preserve">), ЖСН </w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ACA3762" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00952DEA">
+    <w:p w14:paraId="56618D24" w14:textId="56D9E210" w:rsidR="001D13A6" w:rsidRDefault="001D13A6" w:rsidP="001D13A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      ____________________________________________________________________ </w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/ временно вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>должности (нужное подчеркнуть) _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В настоящее время работаю____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Язык сдачи тестирования: казахский/русский нужное подчеркнуть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Образование: высшее или послевузовское, техническое и профессиональное</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ABB71DD" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00952DEA">
+    <w:p w14:paraId="7FC25561" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="001D13A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0084775E">
-[...1567 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10343" w:type="dxa"/>
+        <w:tblW w:w="10768" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3145"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5500"/>
+        <w:gridCol w:w="4006"/>
+        <w:gridCol w:w="2039"/>
+        <w:gridCol w:w="4723"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00952DEA" w:rsidRPr="0084775E" w14:paraId="351EA32D" w14:textId="77777777" w:rsidTr="00952DEA">
+      <w:tr w:rsidR="001D13A6" w:rsidRPr="002747BA" w14:paraId="6B9EFB26" w14:textId="77777777" w:rsidTr="00752AD3">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C162B7F" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="77707DE9" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Оқу</w:t>
+            <w:bookmarkStart w:id="3" w:name="z313"/>
+            <w:bookmarkStart w:id="4" w:name="z312"/>
+            <w:bookmarkStart w:id="5" w:name="z311"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="098F7CDC" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="319B39B3" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Оқу</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5455" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60B5AF9A" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="2B014ACA" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Диплом </w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00952DEA" w:rsidRPr="0084775E" w14:paraId="7C0E7829" w14:textId="77777777" w:rsidTr="00952DEA">
+      <w:tr w:rsidR="001D13A6" w:rsidRPr="002747BA" w14:paraId="67A4823C" w14:textId="77777777" w:rsidTr="00752AD3">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7366D554" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="4D15E3DB" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B12EB81" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="5BD3168F" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5455" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FE19499" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="4C154929" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5224C124" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00952DEA">
+    <w:p w14:paraId="2D25178F" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="001D13A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0084775E">
-[...226 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10343" w:type="dxa"/>
+        <w:tblW w:w="10768" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="705"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3813"/>
+        <w:gridCol w:w="833"/>
+        <w:gridCol w:w="1742"/>
+        <w:gridCol w:w="1926"/>
+        <w:gridCol w:w="2795"/>
+        <w:gridCol w:w="3472"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00952DEA" w:rsidRPr="0084775E" w14:paraId="4A0BEF3A" w14:textId="77777777" w:rsidTr="00952DEA">
-[...437 lines deleted...]
-      <w:tr w:rsidR="00952DEA" w:rsidRPr="0084775E" w14:paraId="225D5875" w14:textId="77777777" w:rsidTr="00952DEA">
+      <w:tr w:rsidR="001D13A6" w:rsidRPr="002747BA" w14:paraId="6C83989C" w14:textId="77777777" w:rsidTr="00752AD3">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46E56939" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="030581AD" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z324"/>
+            <w:bookmarkStart w:id="7" w:name="z323"/>
+            <w:bookmarkStart w:id="8" w:name="z322"/>
+            <w:bookmarkStart w:id="9" w:name="z321"/>
+            <w:bookmarkStart w:id="10" w:name="z320"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="054C6A38" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F93ABCE" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Стаж государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F32D6EB" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>По специальности (для специалистов субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3427" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6BBECE" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>В данной организации образования, в том числе на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D13A6" w:rsidRPr="002747BA" w14:paraId="0B92976B" w14:textId="77777777" w:rsidTr="00752AD3">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F828638" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A0291C9" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="1D63DB67" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F9FC34D" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="1AE4B5B8" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F1467C5" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="531C0944" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3768" w:type="dxa"/>
+            <w:tcW w:w="3427" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CDDC1B7" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00C321F9">
+          <w:p w14:paraId="759C6318" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72174536" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00952DEA">
+    <w:p w14:paraId="11C7958D" w14:textId="77777777" w:rsidR="001D13A6" w:rsidRPr="002747BA" w:rsidRDefault="001D13A6" w:rsidP="001D13A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>      Имею следующие результаты работы: ______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сведения (при наличии) __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Даю согласие на обработку моих персональных данных, без ограничения срока,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>любыми законными способами, соответствующими целям обработки персональных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>данных (для использования фото, видео, в том числе в информационных системах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>персональных данных с использованием средств автоматизации или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>без использования таких средств).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я оповещен (-а) об ответственности за попытку использования одного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>из запрещенных предметов в здании, где будет проходить тестирование,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>об удалении с составлением соответствующего акта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен (-а), что при обнаружении запрещенного предмета лишаюсь права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>прохождения тестирования сроком на один год.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен (-а), что при установлении фактов нарушения правил во время проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тестирования, а также обнаруженных при просмотре видеозаписи, независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от срока сдачи, составляется акт и производится аннулирование результатов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Запрещенные предметы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мобильные средства связи (пейджер, сотовые телефоны, планшеты, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t>Келесі</w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>iPad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t>жұмыс</w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Айпад</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t>нәтижелерін</w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(Айпод), iPhone (Айфон), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t>негізге</w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Смартфон), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t>аламын</w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Смартчасы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-        <w:t>: ____ _</w:t>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ноутбуки, плееры, модемы (мобильные роутеры);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>любые виды радио-электронной связи (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>-Fi (Вай-фай), Bluetooth (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Блютуз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Дект</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>), 3G (3 Джи), 4G (4 Джи), 5G (5 Джи);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наушники проводные и беспроводные и прочее;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шпаргалки и учебно-методические литературы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>калькуляторы и корректирующие жидкости.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я согласен (-а) ________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>С Правилами проведения тестирования и конкурса ознакомлен (а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002747BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"____" ______________20___года ____________________ /подпись/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C7181D" w14:textId="77777777" w:rsidR="00952DEA" w:rsidRPr="0084775E" w:rsidRDefault="00952DEA" w:rsidP="00952DEA">
-[...3340 lines deleted...]
-    <w:sectPr w:rsidR="00056B3D" w:rsidSect="00952DEA">
+    <w:p w14:paraId="1CAE48A1" w14:textId="77777777" w:rsidR="00056B3D" w:rsidRDefault="00056B3D"/>
+    <w:sectPr w:rsidR="00056B3D" w:rsidSect="001D13A6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000B5F21"/>
+    <w:rsidRoot w:val="0024587D"/>
     <w:rsid w:val="00056B3D"/>
-    <w:rsid w:val="000B5F21"/>
     <w:rsid w:val="000F36DF"/>
+    <w:rsid w:val="001D13A6"/>
+    <w:rsid w:val="0024587D"/>
     <w:rsid w:val="00621385"/>
-    <w:rsid w:val="00952DEA"/>
+    <w:rsid w:val="00752AD3"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="00E635D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="14F00419"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F8444416-A2D1-4552-B289-975FF3FCA9CB}"/>
+  <w15:docId w15:val="{53945437-DD3C-4971-82A5-954C54A5434D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7220,51 +1950,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00952DEA"/>
+    <w:rsid w:val="001D13A6"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -7562,55 +2292,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2977</Characters>
+  <Pages>2</Pages>
+  <Words>499</Words>
+  <Characters>2848</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3493</CharactersWithSpaces>
+  <CharactersWithSpaces>3341</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>USER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>