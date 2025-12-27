--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -15,8973 +15,3939 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="37758ECF" w14:textId="77777777" w:rsidTr="00C321F9">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="76A595FD" w14:textId="77777777" w:rsidTr="00555EB0">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5219AF27" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
+          <w:p w14:paraId="5FB20F68" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E6157E4" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
+          <w:p w14:paraId="4D05E817" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:bookmarkStart w:id="0" w:name="z230"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z478"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:proofErr w:type="spellStart"/>
-[...263 lines deleted...]
-              <w:t>11-қосымша</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>первых руководителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="08157452" w14:textId="77777777" w:rsidTr="00C321F9">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="4F93752F" w14:textId="77777777" w:rsidTr="00555EB0">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33F471E4" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
+          <w:p w14:paraId="497810BB" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43C217BD" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
+          <w:p w14:paraId="1E26BFA9" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z479"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A1C2C48" w14:textId="242BC2DD" w:rsidR="00F1753D" w:rsidRDefault="00F1753D" w:rsidP="00F1753D">
+    <w:p w14:paraId="67036E27" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="007E4AC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0084775E">
+      <w:r w:rsidRPr="002747BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0084775E">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="3465"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="63857F79" w14:textId="77777777" w:rsidTr="00555EB0">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09A5C575" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3794D393" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z481"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13783354" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="007E4AC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...211 lines deleted...]
-          <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:vanish/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10768" w:type="dxa"/>
+        <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="295"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="7143"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2033"/>
+        <w:gridCol w:w="5292"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="44C51C5B" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="5249E43A" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65DB8C5D" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...14 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:p w14:paraId="0555E65A" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z487"/>
+            <w:bookmarkStart w:id="4" w:name="z486"/>
+            <w:bookmarkStart w:id="5" w:name="z484"/>
+            <w:bookmarkStart w:id="6" w:name="z483"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...129 lines deleted...]
-              <w:t>)</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B72AD16" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09670D25" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51700A59" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кол-во баллов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="55691D71" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="4CC887D8" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58DD9E55" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...14 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:p w14:paraId="77C5747C" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z495"/>
+            <w:bookmarkStart w:id="8" w:name="z494"/>
+            <w:bookmarkStart w:id="9" w:name="z490"/>
+            <w:bookmarkStart w:id="10" w:name="z489"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...406 lines deleted...]
-              <w:t xml:space="preserve"> диплом = 7</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D12BD11" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02EC377B" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B19185D" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="z492"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="z493"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>высшее заочное/дистанционное = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="20366CB0" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="58F76DA5" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C9B6047" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...14 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:p w14:paraId="44105511" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z503"/>
+            <w:bookmarkStart w:id="14" w:name="z502"/>
+            <w:bookmarkStart w:id="15" w:name="z498"/>
+            <w:bookmarkStart w:id="16" w:name="z497"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...316 lines deleted...]
-              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="419C40B9" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="226BC0FE" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD78434" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="z500"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="z501"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="173A0C4A" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="3B2766EC" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62F4631E" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...102 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:p w14:paraId="273639F8" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z553"/>
+            <w:bookmarkStart w:id="20" w:name="z552"/>
+            <w:bookmarkStart w:id="21" w:name="z506"/>
+            <w:bookmarkStart w:id="22" w:name="z505"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="665AAF91" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="400E2AAA" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6900" w:type="dxa"/>
-[...2216 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A877F31" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="23" w:name="z508"/>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="z509"/>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="z510"/>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="z511"/>
+            <w:bookmarkEnd w:id="26"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="z512"/>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="z513"/>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="z514"/>
+            <w:bookmarkEnd w:id="29"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="30" w:name="z515"/>
+            <w:bookmarkEnd w:id="30"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="z516"/>
+            <w:bookmarkEnd w:id="31"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="z517"/>
+            <w:bookmarkEnd w:id="32"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="33" w:name="z518"/>
+            <w:bookmarkEnd w:id="33"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-модератор"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="34" w:name="z519"/>
+            <w:bookmarkEnd w:id="34"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="35" w:name="z520"/>
+            <w:bookmarkEnd w:id="35"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="36" w:name="z521"/>
+            <w:bookmarkEnd w:id="36"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="37" w:name="z522"/>
+            <w:bookmarkEnd w:id="37"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 6 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="38" w:name="z523"/>
+            <w:bookmarkEnd w:id="38"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="39" w:name="z524"/>
+            <w:bookmarkEnd w:id="39"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="40" w:name="z525"/>
+            <w:bookmarkEnd w:id="40"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="41" w:name="z526"/>
+            <w:bookmarkEnd w:id="41"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="42" w:name="z527"/>
+            <w:bookmarkEnd w:id="42"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов =3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="43" w:name="z528"/>
+            <w:bookmarkEnd w:id="43"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 4 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="44" w:name="z529"/>
+            <w:bookmarkEnd w:id="44"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-эксперт"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="45" w:name="z530"/>
+            <w:bookmarkEnd w:id="45"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="46" w:name="z531"/>
+            <w:bookmarkEnd w:id="46"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="47" w:name="z532"/>
+            <w:bookmarkEnd w:id="47"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 4 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="48" w:name="z533"/>
+            <w:bookmarkEnd w:id="48"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="49" w:name="z534"/>
+            <w:bookmarkEnd w:id="49"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 8 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="50" w:name="z535"/>
+            <w:bookmarkEnd w:id="50"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="51" w:name="z536"/>
+            <w:bookmarkEnd w:id="51"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="52" w:name="z537"/>
+            <w:bookmarkEnd w:id="52"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="53" w:name="z538"/>
+            <w:bookmarkEnd w:id="53"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 4 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="54" w:name="z539"/>
+            <w:bookmarkEnd w:id="54"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="55" w:name="z540"/>
+            <w:bookmarkEnd w:id="55"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-исследователь"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="56" w:name="z541"/>
+            <w:bookmarkEnd w:id="56"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="57" w:name="z542"/>
+            <w:bookmarkEnd w:id="57"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="58" w:name="z543"/>
+            <w:bookmarkEnd w:id="58"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="59" w:name="z544"/>
+            <w:bookmarkEnd w:id="59"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 8 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="60" w:name="z545"/>
+            <w:bookmarkEnd w:id="60"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="61" w:name="z546"/>
+            <w:bookmarkEnd w:id="61"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="62" w:name="z547"/>
+            <w:bookmarkEnd w:id="62"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="63" w:name="z548"/>
+            <w:bookmarkEnd w:id="63"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 4 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="64" w:name="z549"/>
+            <w:bookmarkEnd w:id="64"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="65" w:name="z550"/>
+            <w:bookmarkEnd w:id="65"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="66" w:name="z551"/>
+            <w:bookmarkEnd w:id="66"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-мастер"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>= 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="71F03A1D" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="130B3128" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28F6259C" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...14 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+          <w:p w14:paraId="71A449C4" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="67" w:name="z564"/>
+            <w:bookmarkStart w:id="68" w:name="z563"/>
+            <w:bookmarkStart w:id="69" w:name="z556"/>
+            <w:bookmarkStart w:id="70" w:name="z555"/>
+            <w:bookmarkEnd w:id="67"/>
+            <w:bookmarkEnd w:id="68"/>
+            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="70"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>3.</w:t>
-[...293 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46AEE2D5" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E40DE52" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="599DBA91" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="71" w:name="z558"/>
+            <w:bookmarkEnd w:id="71"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="72" w:name="z559"/>
+            <w:bookmarkEnd w:id="72"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="73" w:name="z560"/>
+            <w:bookmarkEnd w:id="73"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="74" w:name="z561"/>
+            <w:bookmarkEnd w:id="74"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="75" w:name="z562"/>
+            <w:bookmarkEnd w:id="75"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="5573B2D8" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="0968B56D" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27F26B1D" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...532 lines deleted...]
-              <w:t xml:space="preserve"> = 3</w:t>
+          <w:p w14:paraId="2F699543" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="76" w:name="z572"/>
+            <w:bookmarkStart w:id="77" w:name="z571"/>
+            <w:bookmarkStart w:id="78" w:name="z567"/>
+            <w:bookmarkStart w:id="79" w:name="z566"/>
+            <w:bookmarkEnd w:id="76"/>
+            <w:bookmarkEnd w:id="77"/>
+            <w:bookmarkEnd w:id="78"/>
+            <w:bookmarkEnd w:id="79"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="008FFAFE" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9C98F9" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48A552DD" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="80" w:name="z569"/>
+            <w:bookmarkEnd w:id="80"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="81" w:name="z570"/>
+            <w:bookmarkEnd w:id="81"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="0B06B4D8" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="20A18B4F" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52A0E082" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...333 lines deleted...]
-              <w:t>директор = 5 балл</w:t>
+          <w:p w14:paraId="1104DD2F" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="82" w:name="z579"/>
+            <w:bookmarkStart w:id="83" w:name="z578"/>
+            <w:bookmarkStart w:id="84" w:name="z575"/>
+            <w:bookmarkStart w:id="85" w:name="z574"/>
+            <w:bookmarkEnd w:id="82"/>
+            <w:bookmarkEnd w:id="83"/>
+            <w:bookmarkEnd w:id="84"/>
+            <w:bookmarkEnd w:id="85"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02A60B9A" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3717B6E9" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23D0E9AE" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="86" w:name="z577"/>
+            <w:bookmarkEnd w:id="86"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="2566B005" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="465A9B5A" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B54728A" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...364 lines deleted...]
-              <w:t>" = 0,5 балл</w:t>
+          <w:p w14:paraId="706A1A08" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="87" w:name="z585"/>
+            <w:bookmarkStart w:id="88" w:name="z584"/>
+            <w:bookmarkStart w:id="89" w:name="z582"/>
+            <w:bookmarkStart w:id="90" w:name="z581"/>
+            <w:bookmarkEnd w:id="87"/>
+            <w:bookmarkEnd w:id="88"/>
+            <w:bookmarkEnd w:id="89"/>
+            <w:bookmarkEnd w:id="90"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="317597EC" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07520BAF" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7196EEF8" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="19EEC589" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="28E5C2E9" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F7B69BC" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...498 lines deleted...]
-              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+          <w:p w14:paraId="1D069DE5" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="91" w:name="z592"/>
+            <w:bookmarkStart w:id="92" w:name="z591"/>
+            <w:bookmarkStart w:id="93" w:name="z588"/>
+            <w:bookmarkStart w:id="94" w:name="z587"/>
+            <w:bookmarkEnd w:id="91"/>
+            <w:bookmarkEnd w:id="92"/>
+            <w:bookmarkEnd w:id="93"/>
+            <w:bookmarkEnd w:id="94"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21E417A3" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="466B7998" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24248A99" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="95" w:name="z590"/>
+            <w:bookmarkEnd w:id="95"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Отсутствие рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="56B6C97C" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="47B60814" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="781CD948" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...35 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="11732862" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="96" w:name="z604"/>
+            <w:bookmarkStart w:id="97" w:name="z603"/>
+            <w:bookmarkStart w:id="98" w:name="z597"/>
+            <w:bookmarkStart w:id="99" w:name="z594"/>
+            <w:bookmarkEnd w:id="96"/>
+            <w:bookmarkEnd w:id="97"/>
+            <w:bookmarkEnd w:id="98"/>
+            <w:bookmarkEnd w:id="99"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09E0F2E0" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15D2227E" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="100" w:name="z596"/>
+            <w:bookmarkEnd w:id="100"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3981E835" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="101" w:name="z599"/>
+            <w:bookmarkEnd w:id="101"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="102" w:name="z600"/>
+            <w:bookmarkEnd w:id="102"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="103" w:name="z601"/>
+            <w:bookmarkEnd w:id="103"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="104" w:name="z602"/>
+            <w:bookmarkEnd w:id="104"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t>Кәсіби</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0084775E">
-[...4 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t>жетістіктердің</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0084775E">
-[...4 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t>көрсеткіштері</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t>білім</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0084775E">
-[...652 lines deleted...]
-              <w:t>" - 10</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="5A99F7F8" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="768BB6EB" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D5C88CB" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...35 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2D60C467" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="105" w:name="z611"/>
+            <w:bookmarkStart w:id="106" w:name="z610"/>
+            <w:bookmarkStart w:id="107" w:name="z607"/>
+            <w:bookmarkStart w:id="108" w:name="z606"/>
+            <w:bookmarkEnd w:id="105"/>
+            <w:bookmarkEnd w:id="106"/>
+            <w:bookmarkEnd w:id="107"/>
+            <w:bookmarkEnd w:id="108"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="745B74CA" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="739C4D42" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4CE220" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="109" w:name="z609"/>
+            <w:bookmarkEnd w:id="109"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t>Әдістемелік</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0084775E">
-[...595 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="0D9E8B29" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="59AFCED6" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FCADD0D" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...35 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="68F558A5" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="110" w:name="z622"/>
+            <w:bookmarkStart w:id="111" w:name="z621"/>
+            <w:bookmarkStart w:id="112" w:name="z615"/>
+            <w:bookmarkStart w:id="113" w:name="z613"/>
+            <w:bookmarkEnd w:id="110"/>
+            <w:bookmarkEnd w:id="111"/>
+            <w:bookmarkEnd w:id="112"/>
+            <w:bookmarkEnd w:id="113"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="275694C6" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9639CF" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t>Қоғамдық-педагогикалық</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0084775E">
-[...532 lines deleted...]
-              <w:t>) – 5 балл</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="013497CA" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="114" w:name="z617"/>
+            <w:bookmarkEnd w:id="114"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="115" w:name="z618"/>
+            <w:bookmarkEnd w:id="115"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="116" w:name="z619"/>
+            <w:bookmarkEnd w:id="116"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="117" w:name="z620"/>
+            <w:bookmarkEnd w:id="117"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="43278E7D" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="661913F7" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="164D4CA9" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...35 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="489ED942" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="118" w:name="z635"/>
+            <w:bookmarkStart w:id="119" w:name="z634"/>
+            <w:bookmarkStart w:id="120" w:name="z631"/>
+            <w:bookmarkStart w:id="121" w:name="z624"/>
+            <w:bookmarkEnd w:id="118"/>
+            <w:bookmarkEnd w:id="119"/>
+            <w:bookmarkEnd w:id="120"/>
+            <w:bookmarkEnd w:id="121"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1101A567" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07330D87" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="122" w:name="z626"/>
+            <w:bookmarkEnd w:id="122"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="123" w:name="z627"/>
+            <w:bookmarkEnd w:id="123"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="124" w:name="z628"/>
+            <w:bookmarkEnd w:id="124"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="125" w:name="z629"/>
+            <w:bookmarkEnd w:id="125"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="126" w:name="z630"/>
+            <w:bookmarkEnd w:id="126"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t>Курстық</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0084775E">
-[...4 lines deleted...]
-                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5342" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9AB4DB" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0084775E">
-[...6 lines deleted...]
-              <w:t>пәндік</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0084775E">
-[...484 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="127" w:name="z633"/>
+            <w:bookmarkEnd w:id="127"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>курсы = 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1753D" w:rsidRPr="0084775E" w14:paraId="04FD1133" w14:textId="77777777" w:rsidTr="00F1753D">
+      <w:tr w:rsidR="007E4AC2" w:rsidRPr="002747BA" w14:paraId="2AF3551D" w14:textId="77777777" w:rsidTr="002558AA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...38 lines deleted...]
-            <w:tcW w:w="7821" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08216A70" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00C321F9">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> балл – 83</w:t>
+          <w:p w14:paraId="6B1FE5D6" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="128" w:name="z638"/>
+            <w:bookmarkStart w:id="129" w:name="z637"/>
+            <w:bookmarkEnd w:id="128"/>
+            <w:bookmarkEnd w:id="129"/>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7280" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41C12D4A" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="00555EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002747BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>Максимальный балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B898214" w14:textId="77777777" w:rsidR="00F1753D" w:rsidRPr="0084775E" w:rsidRDefault="00F1753D" w:rsidP="00F1753D">
+    <w:p w14:paraId="5414FC38" w14:textId="77777777" w:rsidR="007E4AC2" w:rsidRPr="002747BA" w:rsidRDefault="007E4AC2" w:rsidP="007E4AC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C09C963" w14:textId="77777777" w:rsidR="00056B3D" w:rsidRDefault="00056B3D"/>
-    <w:sectPr w:rsidR="00056B3D" w:rsidSect="0084775E">
+    <w:p w14:paraId="139EBEE9" w14:textId="77777777" w:rsidR="00056B3D" w:rsidRDefault="00056B3D"/>
+    <w:sectPr w:rsidR="00056B3D" w:rsidSect="002747BA">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007E62F4"/>
+    <w:rsidRoot w:val="000E688F"/>
     <w:rsid w:val="00056B3D"/>
+    <w:rsid w:val="000E688F"/>
     <w:rsid w:val="000F36DF"/>
+    <w:rsid w:val="002558AA"/>
     <w:rsid w:val="00621385"/>
-    <w:rsid w:val="007E62F4"/>
+    <w:rsid w:val="007E4AC2"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="00E635D3"/>
-    <w:rsid w:val="00F1753D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="42286EB4"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B2F1A94A-F941-4B6C-B955-80F9682AC4CF}"/>
+  <w15:docId w15:val="{B74AB40A-9BC4-4668-9892-6AE0010454D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9339,51 +4305,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F1753D"/>
+    <w:rsid w:val="007E4AC2"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -9682,54 +4648,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>663</Words>
-  <Characters>3783</Characters>
+  <Words>714</Words>
+  <Characters>4076</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4438</CharactersWithSpaces>
+  <CharactersWithSpaces>4781</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>USER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>