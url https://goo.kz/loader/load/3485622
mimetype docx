--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -1,3038 +1,2845 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00D252FA" w:rsidRDefault="00D252FA">
+    <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00D252FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00711A0A" w:rsidRPr="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711A0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711A0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="000116C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711A0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711A0A" w:rsidRPr="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00711A0A" w:rsidRPr="008D3E1D" w:rsidRDefault="00711A0A" w:rsidP="008D3E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711A0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтердің  бос және уақытша бос лауазымдарына тағайындау конкурсының </w:t>
+      </w:r>
+      <w:r w:rsidR="00794310">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711A0A" w:rsidRDefault="00711A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...211 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1912"/>
+        <w:gridCol w:w="447"/>
+        <w:gridCol w:w="2071"/>
+        <w:gridCol w:w="1377"/>
+        <w:gridCol w:w="2000"/>
+        <w:gridCol w:w="1618"/>
+        <w:gridCol w:w="1950"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk111200227"/>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ФИО</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008D3E1D">
+              <w:t xml:space="preserve">Кандидаттың ТАЖ                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                </w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование</w:t>
-[...10 lines deleted...]
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Должность</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Нәтиже</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Результат</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009C0B46">
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ы</w:t>
-[...23 lines deleted...]
-              <w:t>примечание</w:t>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
         <w:trPr>
-          <w:trHeight w:val="873"/>
+          <w:trHeight w:val="1361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Райымжанова Назымгуль Елубаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...65 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Химия және биология мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Ашимова Адия Нуржановна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...51 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="00D252FA" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Химия және биология мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D252FA">
-[...12 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Прокопчик Дарья Александровна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Химия және биология мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өткен жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Алиякпарова Камила Нурланбековна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...22 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Нуртазина Алия Шаймуратовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...79 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Математика мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Касымова Надия Айбековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...79 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аға тәлімгер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Кубарева Ольга Игоревна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...65 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі мен әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Садыр Адина Армановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...72 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Музыка мұғалімі, музыкалық жетекші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өткен жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бейсембекова Мадина Ерсиновна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Логопед-дефектолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...22 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тыштыков Рустам Нажмиденович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...72 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өткен жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
         <w:trPr>
           <w:trHeight w:val="931"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Олжагельдинов Берик Куатович </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...72 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тарих мұғалімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өткен жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Акимжанова Асель Кобегеновна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...65 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тарих мұғалімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1924" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахимова Асем Муратовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
-[...82 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кадр резервіне қойылды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 жылға</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...5 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ауталипов Нияз Ерболович </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өткен жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D3E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>14</w:t>
-[...100 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сницарь Дмитрий Валерьевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өткен жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...119 lines deleted...]
-          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="003725AF">
+      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="008D3E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ануар Асель Кыдырбаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өткен жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidRDefault="008D3E1D" w:rsidP="008D3E1D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3E1D" w:rsidRPr="008D3E1D" w:rsidTr="006D72E7">
-[...129 lines deleted...]
-      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="008D3E1D" w:rsidRDefault="008D3E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00743A1A" w:rsidRDefault="00743A1A" w:rsidP="00743A1A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00743A1A" w:rsidRPr="00743A1A" w:rsidRDefault="00743A1A" w:rsidP="00743A1A">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00743A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">Педагог-ассистент  бос лауазымына, математика мұғалімінің уақытша бос лауазымына  тағайындау конкурсына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743A1A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>қатысушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (құжаттарын тапсырған) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>кандидаттар болмағандықтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Примечание!</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс өткізілмеді деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743A1A" w:rsidRPr="00743A1A" w:rsidRDefault="00743A1A" w:rsidP="00743A1A">
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00743A1A">
+    </w:p>
+    <w:p w:rsidR="00743A1A" w:rsidRDefault="00743A1A">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...231 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0094391B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хатшысы                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="000116C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жигулина Ю.В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Секретарь </w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">2022 жылғы </w:t>
+      </w:r>
       <w:r w:rsidRPr="0094391B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3E1D" w:rsidRPr="00743A1A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094391B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                       </w:t>
-[...10 lines deleted...]
-        <w:t>Жигулина Ю.В.</w:t>
+        <w:t>тамыз</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
-[...66 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
-[...5 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0094391B">
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D3E1D" w:rsidRDefault="008D3E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D3E1D" w:rsidRDefault="008D3E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D3E1D" w:rsidRDefault="008D3E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D3E1D" w:rsidRDefault="008D3E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D3E1D" w:rsidRDefault="008D3E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D3E1D" w:rsidRDefault="008D3E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:sectPr w:rsidR="008D3E1D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3141,94 +2948,91 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
     <w:rsid w:val="000116C1"/>
-    <w:rsid w:val="004774A0"/>
+    <w:rsid w:val="004345A2"/>
     <w:rsid w:val="00570347"/>
-    <w:rsid w:val="005A183B"/>
-    <w:rsid w:val="006D72E7"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="00743A1A"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007E6C3D"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="008D3E1D"/>
     <w:rsid w:val="0090705F"/>
     <w:rsid w:val="00911A29"/>
-    <w:rsid w:val="00921FD2"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="009C0B46"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00D252FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7B1B8FF0"/>
+  <w14:docId w14:val="12013303"/>
   <w15:docId w15:val="{283D5797-75AC-46E9-8FB1-5189C74E850B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3949,70 +3753,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>263</Words>
-  <Characters>1502</Characters>
+  <Words>272</Words>
+  <Characters>1554</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1762</CharactersWithSpaces>
+  <CharactersWithSpaces>1823</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>