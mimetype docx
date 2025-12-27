--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,2517 +1,2939 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="757BEDA1" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="3EB35BE2" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRDefault="007A4AC7" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D8D0C3" w14:textId="77777777" w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61CA0C3F" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="0088760B" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088760B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E582BC1" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="1F44BD35" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="0088760B" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088760B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№ 18 жалпы орта білім беру мектебі» КММ бойынша</w:t>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="0074089D" w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно вакантных должностей педагогов </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0793651B" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="2B1B5872" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="0088760B" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088760B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>педагогтердің  бос және (немесе) уақытша бос лауазымдарына тағайындау конкурсының нәтижесі</w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9A760E" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="531CDE1C" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="0088760B" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0FE6" w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1581CA11" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="0088760B" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9635" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="486"/>
-        <w:gridCol w:w="1676"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1880"/>
+        <w:gridCol w:w="1782"/>
+        <w:gridCol w:w="1847"/>
+        <w:gridCol w:w="2122"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1697"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C60966" w:rsidRPr="0088760B" w14:paraId="0E3B18C5" w14:textId="77777777" w:rsidTr="007479F4">
-[...5 lines deleted...]
-          <w:p w14:paraId="0CAFC83D" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+      <w:tr w:rsidR="008B0E33" w:rsidRPr="0088760B" w14:paraId="2F55656A" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F31A540" w14:textId="77777777" w:rsidR="008B0E33" w:rsidRPr="0088760B" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4EA174C5" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9D4F22" w14:textId="77777777" w:rsidR="008B0E33" w:rsidRPr="0088760B" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТАЖ</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="230994A4" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+              <w:t>ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F19EC0" w14:textId="77777777" w:rsidR="008B0E33" w:rsidRPr="0088760B" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="419820B5" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+              <w:t>Образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3763E598" w14:textId="77777777" w:rsidR="008B0E33" w:rsidRPr="0088760B" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1974" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="042BA463" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6BDAC1" w14:textId="77777777" w:rsidR="008B0E33" w:rsidRPr="0088760B" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="194E1B45" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB3CC1E" w14:textId="77777777" w:rsidR="008B0E33" w:rsidRPr="0088760B" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нәтиже</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="6478ED79" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+              <w:t>Результаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAA88F8" w14:textId="77777777" w:rsidR="008B0E33" w:rsidRPr="0088760B" w:rsidRDefault="008B0E33" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ескертпе</w:t>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60966" w:rsidRPr="0088760B" w14:paraId="5FBF0A45" w14:textId="77777777" w:rsidTr="007479F4">
-[...6 lines deleted...]
-          <w:p w14:paraId="0C3200EE" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+      <w:tr w:rsidR="0088760B" w:rsidRPr="0088760B" w14:paraId="61AEB370" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A206CBF" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="755A693F" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F8C20A" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="006309D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Базылова Жанна Исатаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1272" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A38CDC8" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="403B2475" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель начальных классов (рус)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F27C30" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурс не прошел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C93158D" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="00570347">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0088760B" w:rsidRPr="0088760B" w14:paraId="4D9B6B08" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0626BB37" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жоғары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="02BAF3E1" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E8D332" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="006309D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0088760B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Байкешова Гульжан Оразовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFAF110" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>б</w:t>
-            </w:r>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FEF317" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="007A4AC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель казахского языка и литературы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC091FE" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс прошел </w:t>
+            </w:r>
+            <w:r w:rsidR="0088760B" w:rsidRPr="0088760B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32ADB8E8" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0088760B" w:rsidRPr="0088760B" w14:paraId="529A3612" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E65E812" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>астауыш сынып мұғалімі (орыс т)</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0684F666" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Зайкун Құндыз Серікқызы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088760B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="35ED6432" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>среднее специальное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F29B464" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель английского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFA658D" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс прошел </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088760B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A16AA8F" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60966" w:rsidRPr="0088760B" w14:paraId="040E4B25" w14:textId="77777777" w:rsidTr="007479F4">
-[...6 lines deleted...]
-          <w:p w14:paraId="3EF9DBAC" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+      <w:tr w:rsidR="0088760B" w:rsidRPr="0088760B" w14:paraId="208DF5DD" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01192FC7" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="0088760B" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="126D30D3" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4A9399" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="0088760B" w:rsidP="006309D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қабдылуахит Мәдина Саябекқызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0D382A" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C30718E" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель начальных классов (каз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19814DAC" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурс не прошел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="108D8758" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="0088760B" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0088760B" w:rsidRPr="0088760B" w14:paraId="56E0D1DF" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="011DF049" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="0088760B" w:rsidRDefault="00104EA0" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7497E18E" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="0088760B" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Набиева Светлана Фларитовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B4F7E8" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16972CEA" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="0088760B" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>логопед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A2D83D" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="0088760B" w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>онкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прошел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="424E74BA" w14:textId="77777777" w:rsidR="0088760B" w:rsidRPr="003C5B2C" w:rsidRDefault="0088760B" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A4AC7" w:rsidRPr="0088760B" w14:paraId="43605844" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E02ABC" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00104EA0" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D43626" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="003C5B2C" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оспанова Айаулым Ержанқызы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="232E576D" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="003C5B2C" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">среднее специальное </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DCC1BF" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="003C5B2C" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5B2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель начальных классов (каз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07018B5D" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="003C5B2C" w:rsidRDefault="00F13C7F" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зачислен в кадровый резерв</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="614C337E" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="003C5B2C" w:rsidRDefault="00F13C7F" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на 1 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A4AC7" w:rsidRPr="0088760B" w14:paraId="45964E10" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62270D54" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00104EA0" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F374D8C" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сокольникова Анна Андреевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A6BB44" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="326AFD84" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель начальных классов (рус)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8C7450" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00763CE1" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>онкурс не прошел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20570638" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A4AC7" w:rsidRPr="0088760B" w14:paraId="4124A394" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="323D8CBC" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00104EA0" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4CE8BA" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="74EC41DA" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұрат Еркингүл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="67891F01" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="127757E3" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қ</w:t>
-            </w:r>
+              <w:t>учитель начальных классов (каз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07734FDF" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00763CE1" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>онкурс прошел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCBDE86" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A4AC7" w:rsidRPr="0088760B" w14:paraId="6C26E6F3" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A449FF" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00104EA0" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB77E52" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сергазинова Бибигуль Петровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7602F4" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="065C2B87" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель казахского языка и литературы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FE8847" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00763CE1" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онкурс прошел </w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7" w:rsidRPr="0088760B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77BEC20A" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A4AC7" w:rsidRPr="0088760B" w14:paraId="51488066" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B76F915" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00104EA0" w:rsidP="004E7B97">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3E5766" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="79F340EA" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Усенова Айдана Сабыровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="08ABA373" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAA1984" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель казахского языка и литературы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A1B346" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00763CE1" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онкурс не прошел </w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7" w:rsidRPr="0088760B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6167417F" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60966" w:rsidRPr="0088760B" w14:paraId="11632A3F" w14:textId="77777777" w:rsidTr="007479F4">
-[...9 lines deleted...]
-          <w:p w14:paraId="336580EA" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+      <w:tr w:rsidR="007A4AC7" w:rsidRPr="0088760B" w14:paraId="008DA367" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6572AC08" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="580F6CDE" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3EAD15" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Зайкун Құндыз Серікқызы</w:t>
+              <w:t xml:space="preserve">Базарбай </w:t>
             </w:r>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Әйгерім Мұратқызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E82FA56" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71CA8AE2" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">казахского языка и литературы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="023EF18C" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00763CE1" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онкурс не </w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">прошел </w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7" w:rsidRPr="0088760B">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1272" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43C53BA3" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00763CE1" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е явилась на </w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A4AC7" w:rsidRPr="0088760B" w14:paraId="73826393" w14:textId="77777777" w:rsidTr="007A4AC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C25FF6" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088760B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орта арнаулы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7225D14C" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE84D64" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088760B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бекибаева Алтынай Мырзабаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DEDBF48" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>а</w:t>
-[...43 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34D011B6" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...96 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>б</w:t>
-[...294 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>учитель английского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D4443D1" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="00763CE1" w:rsidP="006309D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>б</w:t>
-[...755 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>онкурс прошел</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4AC7" w:rsidRPr="0088760B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0088760B">
-[...275 lines deleted...]
-          <w:p w14:paraId="47FCA308" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="007658EC" w:rsidRDefault="00C60966" w:rsidP="007479F4">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EEA7474" w14:textId="77777777" w:rsidR="007A4AC7" w:rsidRPr="0088760B" w:rsidRDefault="007A4AC7" w:rsidP="006309D9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D233806" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="6C32EBA5" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="0088760B" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B290B48" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="788712D9" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="0088760B" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30A29F7A" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="70EAFD0D" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="0088760B" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01FABD0F" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="0088760B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088760B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурстық комиссияның</w:t>
+        <w:t xml:space="preserve">Секретарь </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69CCC862" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="0B339A21" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="0088760B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088760B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                                      </w:t>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007A4AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="004B0FE6" w:rsidRPr="0088760B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">      Шадихан Г.Б. </w:t>
+        <w:t>Шадихан Г.Б.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7030593A" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="55ACA7E0" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="0088760B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09DBE90E" w14:textId="77777777" w:rsidR="00C60966" w:rsidRPr="0088760B" w:rsidRDefault="00C60966" w:rsidP="00C60966">
+    <w:p w14:paraId="5BB11C92" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="0088760B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088760B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2022 жылғы 12 тамыз</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4665C107" w14:textId="77777777" w:rsidR="0083160C" w:rsidRDefault="0083160C"/>
-    <w:sectPr w:rsidR="0083160C">
+    <w:p w14:paraId="34A206A6" w14:textId="77777777" w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0094391B" w:rsidSect="008A66A5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FE05354"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AD8F37A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2046825149">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C60966"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C60966"/>
+    <w:rsidRoot w:val="0090705F"/>
+    <w:rsid w:val="00104EA0"/>
+    <w:rsid w:val="00116D9D"/>
+    <w:rsid w:val="002D58CC"/>
+    <w:rsid w:val="003C5B2C"/>
+    <w:rsid w:val="003F5BFF"/>
+    <w:rsid w:val="004B0FE6"/>
+    <w:rsid w:val="00570347"/>
+    <w:rsid w:val="005D21CD"/>
+    <w:rsid w:val="006C302B"/>
+    <w:rsid w:val="00711A0A"/>
+    <w:rsid w:val="0074089D"/>
+    <w:rsid w:val="00763CE1"/>
+    <w:rsid w:val="007658EC"/>
+    <w:rsid w:val="00794310"/>
+    <w:rsid w:val="007A4AC7"/>
+    <w:rsid w:val="00864CAA"/>
+    <w:rsid w:val="0088760B"/>
+    <w:rsid w:val="008A66A5"/>
+    <w:rsid w:val="008B0E33"/>
+    <w:rsid w:val="008B12BA"/>
+    <w:rsid w:val="0090705F"/>
+    <w:rsid w:val="00926690"/>
+    <w:rsid w:val="0094391B"/>
+    <w:rsid w:val="009625D6"/>
+    <w:rsid w:val="00B970F6"/>
+    <w:rsid w:val="00C363E3"/>
+    <w:rsid w:val="00F13C7F"/>
+    <w:rsid w:val="00F478F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-KZ"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6448D14A"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{53BCA745-B2CE-44FF-B401-F2076E40F546}"/>
+  <w14:docId w14:val="7BE5522C"/>
+  <w15:docId w15:val="{D2167E0C-0D71-4A9E-ADFD-26E4D9C13B94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2626,51 +3048,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2852,403 +3274,429 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C60966"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="008A66A5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00711A0A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00711A0A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>210</Words>
-  <Characters>1200</Characters>
+  <Words>209</Words>
+  <Characters>1192</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1408</CharactersWithSpaces>
+  <CharactersWithSpaces>1399</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>