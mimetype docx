--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,435 +1,348 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006A6981" w:rsidRDefault="006A6981" w:rsidP="00A502C1">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00A502C1" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A6981">
+      <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар қаласының № 18 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006A6981">
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № 18  города Павлодара» объявляет конкурс </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жалпы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006A6981">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD38F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006A6981">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на вакантную должность </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...85 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">педагог ассистенттің бос </w:t>
-[...54 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> педагога ассистента</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="391"/>
         <w:gridCol w:w="2384"/>
         <w:gridCol w:w="6972"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A502C1" w:rsidRPr="002604C8" w:rsidTr="0047336F">
+      <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="006A6981" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A6981">
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="006A6981" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A6981">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар қаласы білім беру бөлімінің, Павлодар облысы білім беру басқармасының "Павлодар қаласының № 18 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 18 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00067B50" w:rsidRDefault="006A6981" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е, почтовый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="006A6981" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A6981">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140010, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Геринг көшесі, 79</w:t>
+              <w:t>14001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                     город Павлодар, улица Геринга, 79 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -506,70 +419,70 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="006A6981" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A6981">
-[...7 lines deleted...]
-              <w:t>электрондық пошта мекенжайы</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6972" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00CD38F2" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A502C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
@@ -596,2577 +509,1223 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="006A6981" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A6981">
-[...6 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006A6981" w:rsidRPr="006A6981" w:rsidRDefault="00A502C1" w:rsidP="006A6981">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="000950CC" w:rsidRDefault="006A6981" w:rsidP="006A6981">
+              <w:t xml:space="preserve"> педагог ассистент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:val="en-US"/>
-[...20 lines deleted...]
-              <w:t>мөлшерлеме</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 ставки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A502C1" w:rsidRPr="002604C8" w:rsidTr="0047336F">
+      <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="000950CC" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...6 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00854CBA" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000950CC">
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляет психолого-педагогическое сопровождение ребенка с особыми образовательными потребностями по рекомендации </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000950CC">
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00854CBA" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z2144"/>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+              </w:rPr>
+              <w:t>      принимает участие в командной оценке специалистами и педагогами с целью оценки особых образовательных потребностей у детей, а также в составлении индивидуальных образовательных и развивающих программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00854CBA" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z2145"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000950CC">
+              </w:rPr>
+              <w:t>      оказывает помощь детям с особыми образовательными потребностями во время организованной учебной и иной деятельности в организации образования, в случае, когда их самостоятельная деятельность ограничена по состоянию здоровья и особенностям поведения, оказывает психолого-педагогическое сопровождение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00A502C1" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z2146"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>      осуществляет наблюдение и ведет сбор данных о ребенке с особыми образовательными потребностями в процессе обучения, воспитания и развивающей работы, проводит протоколирование результатов освоения образовательной программы, динамики формирования образовательных, социально-адаптивных (поведенческих) навыков и предоставляет информацию воспитателям и специалистам для мониторинга процесса обучения и социализации ребенка;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A502C1" w:rsidRPr="002604C8" w:rsidTr="0047336F">
+      <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="000950CC" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...6 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="000950CC" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...8 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...9 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...6 lines deleted...]
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00854CBA" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000950CC">
+              <w:t xml:space="preserve">высшее педагогическое образование и (или) техническое и профессиональное, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">жоғары педагогикалық </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000950CC">
+              <w:t>послесреднее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000950CC">
+              <w:t xml:space="preserve"> (педагогическое) образование или документ, подтверждающий педагогическую переподготовку без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00854CBA" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z2156"/>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және (</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000950CC">
+              <w:t>      и (или) при наличии среднего и высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00F226D2" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z2157"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00854CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>немесе</w:t>
-[...569 lines deleted...]
-            </w:r>
+              <w:t>      и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="000950CC" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...6 lines deleted...]
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="002604C8" w:rsidRDefault="00A502C1" w:rsidP="002604C8">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00FF4910" w:rsidRDefault="00FF4910" w:rsidP="00FF4910">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002604C8">
+            <w:r w:rsidRPr="00FF4910">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002604C8" w:rsidRPr="002604C8">
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00A502C1" w:rsidRPr="00FF4910">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002604C8">
+              <w:t xml:space="preserve">.08.2022 - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF4910">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">.08.2022 - </w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidRPr="002604C8">
+            <w:r w:rsidR="00A502C1" w:rsidRPr="00FF4910">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.08.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="000950CC" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...6 lines deleted...]
-              <w:t>Қажетті құжаттар тізімі</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...80 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...79 lines deleted...]
-            <w:r w:rsidRPr="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>сервисінен</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+              <w:t>документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...229 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...169 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...49 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...106 lines deleted...]
-              <w:t>"Қ</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000950CC">
-[...109 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...9 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...9 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...169 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
-[...106 lines deleted...]
-              <w:t xml:space="preserve"> толтырылған бағалау парағы.</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A502C1" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A502C1" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3265,73 +1824,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A502C1" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A502C1" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A502C1" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -3347,1841 +1883,1966 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қағидаларға 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтен босату </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">бірінші басшылар мен педагогтар </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000950CC" w:rsidRPr="000950CC" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="000950CC" w:rsidP="000950CC">
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000950CC">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Пішіні</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="009D5D5F" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="009D5D5F" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="009D5D5F" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="009D5D5F" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="009D5D5F" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A5ABA">
-[...16 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-        <w:t>__________________</w:t>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="009D5D5F" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>___________________</w:t>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>олжности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A5ABA">
+      <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(Үміткердің аты-Жөні (болған кезде), ЖСН)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
-[...292 lines deleted...]
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002A5ABA">
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...55 lines deleted...]
-        <w:t>_______________________________</w:t>
+        </w:rPr>
+        <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002A5ABA">
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, Ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A5ABA">
+      <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1956"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2537"/>
+        <w:gridCol w:w="2045"/>
+        <w:gridCol w:w="2649"/>
+        <w:gridCol w:w="1932"/>
+        <w:gridCol w:w="2508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidTr="00643337">
+      <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>чебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A5ABA">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-        <w:tc>
-[...112 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidTr="00643337">
+      <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00277AF0" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
-[...204 lines deleted...]
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00277AF0" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E139B7">
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Келесі жұмыс нәтижелерім бар:_________________________________________ _____</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E139B7">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E139B7">
-[...6 lines deleted...]
-        <w:t>___________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E139B7">
-[...6 lines deleted...]
-        <w:t>___________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E139B7">
-[...6 lines deleted...]
-        <w:t>Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы</w:t>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E139B7">
-[...6 lines deleted...]
-        <w:t>___________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
-[...20 lines deleted...]
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«___</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___жыл</w:t>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">                                                                    (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қолы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidTr="00643337">
+      <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="002A5ABA" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қағидаларға 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="002A5ABA" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау,</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="002A5ABA" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қызметтен босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="002A5ABA" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылар мен педагогтар</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="002A5ABA" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="00643337">
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A5ABA">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Пішіні</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00277AF0" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00277AF0">
-[...50 lines deleted...]
-        <w:t>ат</w:t>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчеств</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00277AF0">
-[...14 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00277AF0">
-[...5 lines deleted...]
-        <w:t>болған жағдайда)</w:t>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00A502C1">
+    <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="00A502C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10066" w:type="dxa"/>
         <w:tblInd w:w="-209" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -5230,202 +3891,199 @@
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00277AF0">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Критерийлер</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00277AF0">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00277AF0">
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> құжат</w:t>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
+              <w:t>Кол-во балло</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Балл саны(1-ден 20-ға </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E139B7">
+              <w:t>в(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>дейін</w:t>
-[...10 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00E139B7" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069012C">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Бағалау</w:t>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
@@ -5434,274 +4092,194 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00E139B7" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0069012C">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> деңгейі</w:t>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00E139B7" w:rsidP="0047336F">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0069012C">
-[...3 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0069012C">
-[...32 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...4 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E139B7">
-[...3 lines deleted...]
-              <w:t>к</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E139B7">
-[...6 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...6 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> диплом = 7 балл</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -5726,287 +4304,179 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00E139B7" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069012C">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
-              <w:t>Ғылыми / академиялық дәрежесі</w:t>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00E139B7" w:rsidP="0047336F">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> Диплом</w:t>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...62 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...20 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ғылым кандидаты = 10 ұпай </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A502C1" w:rsidRPr="002604C8" w:rsidTr="0047336F">
+      <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
@@ -6062,857 +4532,1554 @@
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Әдістемесі мен педагогикасы бойынша:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E139B7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...168 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-              <w:t>= 10 ұпай</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="002604C8" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
@@ -6926,314 +6093,228 @@
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00E139B7" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E139B7">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E139B7">
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
-              <w:t>л</w:t>
-[...32 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00E139B7" w:rsidP="0047336F">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...20 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...20 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...20 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...6 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00E139B7" w:rsidRPr="00E139B7" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...20 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00E139B7" w:rsidP="00E139B7">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E139B7">
-[...3 lines deleted...]
-              <w:t>Мұғалім-шебер = 10 ұпай</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
@@ -7261,329 +6342,181 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
-              <w:t>Педагогикалық қызмет өтілі</w:t>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="0047336F">
-[...11 lines deleted...]
-              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рудовая книжка/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>документ,заменяющий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...48 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...48 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...48 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> = 3 ұпай</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -7608,166 +6541,176 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="009D5D5F" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00366A97">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D5D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-216"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...6 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...20 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:trPr>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7795,186 +6738,153 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="009D5D5F" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00366A97">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D5D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жұмысқа алғаш түскен педагогтар үшін</w:t>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D5D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D5D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="0047336F">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> дипломға қосымша</w:t>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...20 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...3 lines deleted...]
-              <w:t>«жақсы» = 0,5 ұпай</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -7999,154 +6909,215 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="009D5D5F" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
+            <w:r w:rsidRPr="009D5D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Алдыңғы жұмыс орнынан (еңбек қызметін жүзеге асыру кезінде)ұсыныс хат</w:t>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D5D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D5D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="0047336F">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...4 lines deleted...]
-              <w:t>Теріс ұсыныс хат = минус 5 ұпай</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
@@ -8172,661 +7143,481 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="009D5D5F" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="009D5D5F" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
+            <w:r w:rsidRPr="009D5D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Кәсіби </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> көрсеткіштері</w:t>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
-[...48 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дипломы, грамоты победителей олимпиад и конкурсов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>награда</w:t>
+              <w:t>учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00366A97">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>олимпиадалар</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...20 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...20 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...20 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> = 10 ұпай</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұстазы» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A502C1" w:rsidRPr="002604C8" w:rsidTr="0047336F">
+      <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
-              <w:t>Әдістемелік і</w:t>
-[...15 lines deleted...]
-              <w:t>әрекет</w:t>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="0047336F">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00366A97">
-[...3 lines deleted...]
-              <w:t>Р</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00366A97">
-[...128 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="002604C8" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
@@ -8845,325 +7636,263 @@
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
-              <w:t>Әлеуметтік-педагогикалық қызмет</w:t>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">ілділікті жүзеге </w:t>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00366A97">
-[...3 lines deleted...]
-              <w:t>асыру</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...6 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...6 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...28 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...22 lines deleted...]
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...45 lines deleted...]
-              <w:t>) = 5 ұпай</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -9197,460 +7926,342 @@
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
+            <w:r w:rsidRPr="003B3594">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Курсқа дайындық</w:t>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00366A97">
-[...3 lines deleted...]
-              <w:t>п</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«О</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00366A97">
-[...146 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сновы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00366A97" w:rsidRPr="00366A97" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00366A97">
-[...34 lines deleted...]
-          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00366A97" w:rsidP="00366A97">
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A502C1" w:rsidRPr="003B3594" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-              <w:t>қайсысы бөлек)</w:t>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы =0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidTr="0047336F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00366A97" w:rsidP="0047336F">
+          <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Максима</w:t>
-[...20 lines deleted...]
-            <w:r w:rsidR="00A502C1" w:rsidRPr="00AD2C10">
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A502C1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A502C1" w:rsidP="0047336F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -9698,81 +8309,72 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A502C1"/>
-    <w:rsid w:val="00067B50"/>
-[...5 lines deleted...]
-    <w:rsid w:val="003E7493"/>
+    <w:rsid w:val="003746F3"/>
     <w:rsid w:val="0040672C"/>
-    <w:rsid w:val="006A6981"/>
-    <w:rsid w:val="00A01C98"/>
     <w:rsid w:val="00A502C1"/>
-    <w:rsid w:val="00C17107"/>
-    <w:rsid w:val="00E139B7"/>
+    <w:rsid w:val="00FF4910"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -9897,51 +8499,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003E7493"/>
+    <w:rsid w:val="003746F3"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -9974,51 +8576,51 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A502C1"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10260,86 +8862,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1647</Words>
-  <Characters>9390</Characters>
+  <Words>1710</Words>
+  <Characters>9752</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
+  <Lines>81</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11015</CharactersWithSpaces>
+  <CharactersWithSpaces>11440</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Laila</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>