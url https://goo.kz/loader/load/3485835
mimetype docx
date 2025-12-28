--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,18707 +1,9871 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00C05EB1" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C05EB1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A2765E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00C05EB1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A2765E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00C05EB1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A2765E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B0331D" w:rsidRDefault="00B00AEE" w:rsidP="00C05EB1">
+    <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C05EB1">
+      <w:r w:rsidRPr="00A2765E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">мемлекеттік тілде оқытатын </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
       </w:r>
-      <w:r w:rsidR="00C05EB1" w:rsidRPr="00C05EB1">
+      <w:r w:rsidRPr="00A2765E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...3 lines deleted...]
-        <w:t>бос</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
       </w:r>
-      <w:r w:rsidR="00C05EB1">
+      <w:r w:rsidRPr="00A2765E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> мектепалды даярлық сыныбының педагогі</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
-      <w:r w:rsidR="00D70D9E" w:rsidRPr="00C05EB1">
+      <w:r w:rsidRPr="00A2765E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагога класса предшкольной подготовки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00AEE" w:rsidRPr="00C05EB1" w:rsidRDefault="00D70D9E" w:rsidP="00C05EB1">
+    <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C05EB1">
+      <w:r w:rsidRPr="00A2765E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...3 lines deleted...]
-        <w:t>лауазымына</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с государственным языком обучения </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00C05EB1">
+      <w:r w:rsidRPr="00A2765E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C05EB1">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B00AEE" w:rsidRPr="00C05EB1" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10550" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6858"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="7890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C05EB1" w:rsidRPr="002D4B7D" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidRDefault="00C05EB1" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidRDefault="00C05EB1" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00196A84">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Павлодар қаласының №7 жалпы орта білм беру мектебі»</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 7 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C05EB1" w:rsidRPr="002D4B7D" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidRDefault="00C05EB1" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidRDefault="00C05EB1" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196A84">
-[...14 lines deleted...]
-          <w:p w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidRDefault="00C05EB1" w:rsidP="00C05EB1">
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>140000, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, Жеңіс алаңы көшесі, 13</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область,  город Павлодар, улица пл.Победы,13 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidRDefault="00C05EB1" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidRDefault="00C05EB1" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196A84">
-[...14 lines deleted...]
-          <w:p w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidRDefault="00C05EB1">
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196A84">
-[...6 lines deleted...]
-              <w:t>8 (7182) 62-45-15 қабылдау бөлімі</w:t>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 62-45-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C05EB1" w:rsidRPr="00196A84" w:rsidRDefault="00C05EB1" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sosh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог класса </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>предшкольной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 1 ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечивает создание условий для охраны жизни и здоровья детей во время образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z1286"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта образования, расписанием занятий согласно типовому учебному плану дошкольного воспитания и обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z1287"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководит детской деятельностью (игровая, творческая, познавательная, двигательная, изобразительная, трудовая, экспериментальная, самостоятельная и иное);</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 143947 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 177766 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...61 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08.2022</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="002D4B7D" w:rsidTr="00DC10A3">
-[...8 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="00196A84" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="00196A84" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-              <w:t>, 1 жүктеме</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="002D4B7D" w:rsidTr="00DC10A3">
-[...8 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="00196A84" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidTr="00951A41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="00196A84" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...104 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...24 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2765E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3391 lines deleted...]
-              <w:t>Бос лауазым</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вакантное место</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00196A84" w:rsidRDefault="00196A84" w:rsidP="00A40329">
+    <w:p w:rsidR="00A2765E" w:rsidRPr="00A2765E" w:rsidRDefault="00A2765E" w:rsidP="00A2765E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00196A84" w:rsidRDefault="00196A84" w:rsidP="00A40329">
+    <w:p w:rsidR="00702EE3" w:rsidRDefault="00702EE3">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00196A84" w:rsidRDefault="00196A84" w:rsidP="00A40329">
+    <w:p w:rsidR="00A03D54" w:rsidRDefault="00A03D54">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidTr="002D4B7D">
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidTr="00BA769D">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A03D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A03D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
-[...5 lines deleted...]
-        <w:t>________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...52 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4B7D">
-[...6 lines deleted...]
-        <w:t>_______________________________</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4B7D">
-[...6 lines deleted...]
-        <w:t>_______________________________</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_______________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
-[...193 lines deleted...]
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2123"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidTr="002D4B7D">
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidTr="00BA769D">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...25 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A03D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A03D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D4B7D">
-[...23 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A03D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A03D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D4B7D">
+            <w:r w:rsidRPr="00A03D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D4B7D">
-[...29 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidTr="002D4B7D">
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidTr="00BA769D">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>Біліктілік</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...97 lines deleted...]
-        <w:t>):______________________________________</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения):______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4B7D">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>Педагогикалық</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...45 lines deleted...]
-        <w:t>:______________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>Келесі</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...62 lines deleted...]
-        <w:t>:__________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4B7D">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
-[...15 lines deleted...]
-        <w:t>_______________________________</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_______________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>Наградалары</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>атақтары</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>дәрежесі</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>ғылыми</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> _____________________</w:t>
+      <w:r w:rsidRPr="00A03D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4B7D">
-[...331 lines deleted...]
-      <w:r w:rsidRPr="002D4B7D">
+      <w:r w:rsidRPr="00A03D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...65 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidRDefault="002D4B7D" w:rsidP="00BA769D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidRDefault="002D4B7D" w:rsidP="00BA769D">
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidRDefault="002D4B7D" w:rsidP="00BA769D">
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002504D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidRDefault="002D4B7D" w:rsidP="00BA769D">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002504D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...32 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidRDefault="002D4B7D" w:rsidP="00BA769D">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002504D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidRDefault="002D4B7D" w:rsidP="00BA769D">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002504D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidRDefault="002D4B7D" w:rsidP="00BA769D">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002504D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002504D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r w:rsidRPr="002504D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002504D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>бос</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002504D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...134 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002504D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
-[...113 lines deleted...]
-    <w:p w:rsidR="002D4B7D" w:rsidRPr="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D4B7D" w:rsidRPr="002504D0" w:rsidRDefault="002D4B7D" w:rsidP="00BA769D">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002504D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>О</w:t>
+            </w:r>
             <w:r w:rsidRPr="002504D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лидер профессионально-педагогического сообщества = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidTr="00BA769D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002504D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...9871 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00BA769D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002D4B7D" w:rsidRDefault="002D4B7D" w:rsidP="002D4B7D">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="002504D0" w:rsidRDefault="00A03D54" w:rsidP="00A03D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="002D4B7D" w:rsidSect="00DB5787">
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRDefault="00A03D54">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidRDefault="00A03D54">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A03D54" w:rsidRPr="00A03D54" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...12 lines deleted...]
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...657 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="86"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...627 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00A3534E"/>
+    <w:rsid w:val="00702EE3"/>
+    <w:rsid w:val="00A03D54"/>
+    <w:rsid w:val="00A2765E"/>
+    <w:rsid w:val="00A3534E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -18836,181 +10000,92 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A2765E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -19145,262 +10220,92 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A2765E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...78 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh7@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19434,84 +10339,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -19642,87 +10549,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1697</Words>
-  <Characters>9679</Characters>
+  <Words>1774</Words>
+  <Characters>10114</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11354</CharactersWithSpaces>
+  <CharactersWithSpaces>11865</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>14</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>