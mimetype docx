--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,4503 +1,1965 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="006D063D" w:rsidRPr="00036998" w:rsidRDefault="005C398E" w:rsidP="006D063D">
+    <w:p w:rsidR="006D063D" w:rsidRDefault="006D063D" w:rsidP="00966F05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...89 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">информатика </w:t>
-[...73 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D063D" w:rsidRPr="00B00AEE" w:rsidRDefault="006D063D" w:rsidP="006D063D">
-[...4251 lines deleted...]
-    <w:p w:rsidR="006D063D" w:rsidRDefault="006D063D" w:rsidP="006D063D">
+    <w:p w:rsidR="006D063D" w:rsidRPr="00321A87" w:rsidRDefault="006D063D" w:rsidP="006D063D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042459">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042459">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профильная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042459">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дифференцированного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042459">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042459">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042459">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042459">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информатики с казахским языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(на вакантную должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D063D" w:rsidRPr="004F2A50" w:rsidRDefault="006D063D" w:rsidP="006D063D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10550" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="7890"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00042459" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00042459">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная профильная  школа  дифференцированного обучения № 17 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Катаева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>sosh17@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель информатики с казахским языком  обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00321A87" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 143947 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 177766 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D063D" w:rsidRPr="00B3089F" w:rsidTr="00052459">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="004D07D1" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00A40329" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D063D" w:rsidRPr="00321A87" w:rsidRDefault="006D063D" w:rsidP="00052459">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006D063D" w:rsidRPr="001B695E" w:rsidRDefault="006D063D" w:rsidP="005C398E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="006D063D" w:rsidSect="00321A87">
+    <w:sectPr w:rsidR="006D063D" w:rsidRPr="001B695E" w:rsidSect="00966F05">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -5523,51 +2985,50 @@
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007B4EB2"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
@@ -5584,50 +3045,51 @@
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00966F05"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
@@ -5859,51 +3321,51 @@
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="43C6E578"/>
+  <w14:docId w14:val="59E79C00"/>
   <w15:docId w15:val="{E767243D-1619-440C-990E-54CE75E0E903}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6745,78 +4207,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{631D8B09-6DDC-4125-845D-56303ADF1679}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04888F14-CCC7-4209-95D6-E715DA37687E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>476</Words>
-  <Characters>2717</Characters>
+  <Words>529</Words>
+  <Characters>3016</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3187</CharactersWithSpaces>
+  <CharactersWithSpaces>3538</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>