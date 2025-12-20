--- v0 (2025-12-07)
+++ v1 (2025-12-20)
@@ -2,18926 +2,11516 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00401EA2" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="101326CC" w14:textId="77777777" w:rsidR="00EB72DF" w:rsidRPr="00AC0B3E" w:rsidRDefault="00EB72DF" w:rsidP="00AC0B3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6273B4B1" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="001C307C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BE7D0F5" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="001C307C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04684833" w14:textId="44686DB0" w:rsidR="00F96C74" w:rsidRPr="00B6148F" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная школа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">-гимназия </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  города Павлодара» объявля</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет конкурс на должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласының № 9</w:t>
+        <w:t>вожатой</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> жалпы орта білім беру </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (на вакантную должность)</w:t>
       </w:r>
-      <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
-[...148 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00CC6AC8" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1C83FC4E" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5A6F169C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00401EA2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="72C35701" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="4AEDB6A0" w14:textId="3A9F53CD" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...75 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КГУ «Средняя общеобразовательная школа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-гимназия</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="737B536B" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="0E73108F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="6F4EF7B7" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00401EA2">
+          <w:p w14:paraId="43822968" w14:textId="17FDC9FB" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авлодар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ул. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ак.Чокина</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, почтовый индекс 140000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="44EFBB62" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="5D3C2B80" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="685DC29C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="6FFFD733" w14:textId="04ABC0F9" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> 62-80-88</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>62-80-88</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="3DEF982B" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="3BF4822F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="2E3307E9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="76C35061" w14:textId="16127312" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>soshg</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9@</w:t>
             </w:r>
-            <w:r w:rsidRPr="00401EA2">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>goo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00401EA2">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>edu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00772D60" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="63213BF2" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="2BAD7813" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00401EA2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="38E42B33" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A91A38" w:rsidRPr="00401EA2" w:rsidRDefault="00CC6AC8" w:rsidP="0020092F">
+          <w:p w14:paraId="2C375E16" w14:textId="6FD26118" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00AC0B3E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...43 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с смешанным  языком обучения,  1 ставка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00CC6AC8" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1C2A5F4E" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="0D059779" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A90A74B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41CE9266" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>способствует развитию деятельности детских общественных организаций, объединений "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қыран</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дебата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, школьного парламента; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E738796" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>помогает обучающимся в планировании деятельности их объединений, организаций</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> способствует обновлению содержания и форм их деятельности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60038713" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>осуществляет работу с учетом возрастных интересов и потребностей детей и подростков;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A7C9668" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организует коллективно-творческую деятельность; обеспечивает условия для широкого информирования детей и подростков о действующих организациях, объединениях; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44A9E322" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">создает благоприятные условия, позволяющие обучающимся проявлять гражданскую и нравственную позицию, реализовать свои интересы и потребности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AA80F31" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>проводит культурно-массовую, патриотическую работу в организации образования, оказывает классным руководителям содействие в организации воспитательной работы, познавательного досуга детей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53BC4E42" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организует детские и молодежные организации, дебаты, ученическое самоуправление, школьные или студенческие парламенты, волонтерские движения; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="481A340A" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заботится о здоровье и безопасности обучающихся; организует их отдых в период каникул; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="508AE7C0" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">изучает и использует инновационный опыт работы с </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обучающимися</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D14D3E6" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>организовывает общественно-полезную работу "Служение обществу", "Поклонение Родине", "Уважение к старшим", "Уважение к матери"; проводит работу по подбору и подготовке руководителей (организаторов) первичных коллективов детских организаций, объединений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="648F9F8F" w14:textId="77777777" w:rsidR="00AA7285" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">работает в тесном контакте с органами самоуправления и педагогическим коллективом организации образования, общественными организациями, родителями обучающихся или лицами, их заменяющими; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41F62D08" w14:textId="74E9185A" w:rsidR="00F96C74" w:rsidRPr="00AA7285" w:rsidRDefault="00AA7285" w:rsidP="00AA7285">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="15E49A9E" w14:textId="77777777" w:rsidTr="00F96C74">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2096ED2F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5915E03E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37487EE5" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7338DEE5" w14:textId="44542154" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7E05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">альное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00F577FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>88131</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7E05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67CBF0DF" w14:textId="6A8F7452" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="005A058B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7E05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образование (min):   </w:t>
+            </w:r>
+            <w:r w:rsidR="00F577FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>101403</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7E05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="4A3D31C6" w14:textId="77777777" w:rsidTr="00F96C74">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0C5FAF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3BBFB6EF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44D9BA21" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="008E7665" w:rsidP="00CC6AC8">
-            <w:pPr>
+          <w:p w14:paraId="47CCDB83" w14:textId="41D234BD" w:rsidR="00C84F13" w:rsidRPr="00C84F13" w:rsidRDefault="00AA7285" w:rsidP="00C84F13">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C84F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по направлению "Педагогика", или документ, подтверждающий педагогическую переподготовку без предъявления требований к стажу работы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B31B24" w14:textId="4D6C30D3" w:rsidR="00C84F13" w:rsidRPr="00C84F13" w:rsidRDefault="00AA7285" w:rsidP="00C84F13">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C84F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего или среднего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3 лет, для педагога-эксперта и педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00892259" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00C84F13" w:rsidRDefault="00AA7285" w:rsidP="00C84F13">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...18 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C84F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж работы в должности вожатого для педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F7C2FA9" w14:textId="391A008A" w:rsidR="00C84F13" w:rsidRPr="00C84F13" w:rsidRDefault="00C84F13" w:rsidP="00C84F13">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="276B8578" w14:textId="77777777" w:rsidTr="00F96C74">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28AB486E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E067316" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6879E5A3" w14:textId="5828DC85" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00C35F6E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.08 -25</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="134EE8C4" w14:textId="77777777" w:rsidTr="00F96C74">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62EC0B9B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1486304C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF7982A" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07958B2E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F092A5F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DAB3D00" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D501592" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64586385" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DEECB38" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF6FE62" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A89C3AD" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CC6AC8" w:rsidRPr="00CC6AC8" w:rsidRDefault="00CC6AC8" w:rsidP="00CC6AC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4224A807" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...447 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidTr="00DC10A3">
-[...3320 lines deleted...]
-      <w:tr w:rsidR="00D478D0" w:rsidRPr="00401EA2" w:rsidTr="00D478D0">
+    </w:tbl>
+    <w:p w14:paraId="4A1260EB" w14:textId="41AFAE51" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20B8D252" w14:textId="7B594EE4" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27F7695B" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5991844D" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E8D64D0" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="516151D5" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D8D4327" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="4F5602CA" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B5CE22" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B1C485" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CCCF7D0" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E4BA3B5" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26D412A0" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30DB3C9F" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65B177F3" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64539D76" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76CC9F31" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23040726" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C930974" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FDEA05F" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ABB58D1" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="004B30E2" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRDefault="00C84F13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="16C32D3D" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00862842" w:rsidRDefault="00D478D0" w:rsidP="00BF329F">
+          <w:p w14:paraId="6BEDC788" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+          <w:p w14:paraId="1C0C90E3" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00B6148F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="291F1E45" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29D913AF" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="000F1E6E" w:rsidRDefault="000F1E6E" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D4F985" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="000F1E6E" w:rsidRDefault="000F1E6E" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107507BC" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74B67569" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...129 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="58AB4CCF" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EAE7E43" w14:textId="5242E2BF" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472E9ABE" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="61F35306" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC4EB84" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130C08A0" w14:textId="77777777" w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00401EA2">
-[...43 lines deleted...]
-      <w:r w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4FB3A45C" w14:textId="77777777" w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...19 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="5B38723D" w14:textId="39B54D24" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...28 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00401EA2">
-[...5 lines deleted...]
-        <w:t>Т</w:t>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
       </w:r>
-      <w:r w:rsidRPr="00401EA2">
-[...86 lines deleted...]
-        <w:t>ЖСН</w:t>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="1F8372F1" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="10DD46CB" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="13F198EA" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...68 lines deleted...]
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...19 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="36840134" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="012F0A93" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B56559" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DFDC6CC" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00B6148F" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC05FAD" w14:textId="359F7392" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="005E1863" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E234917" w14:textId="412187DF" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863" w:rsidRPr="00A9508F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB7B7A6" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...31 lines deleted...]
-        <w:t>Өтініш</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B3608" w:rsidRDefault="00F7191E" w:rsidP="00C424F6">
+    <w:p w14:paraId="150D08F0" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00401EA2">
-[...51 lines deleted...]
-        <w:t xml:space="preserve">              </w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="301CAA6B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос лауазымға орналасуға арналған конкурсқа жіберуіңізді</w:t>
-[...17 lines deleted...]
-        <w:t>сұраймын (керегінің астын сызу керек)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
-[...138 lines deleted...]
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="56C28C6F" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="009255B2" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="08EE3933" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36152176" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B1793B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A84A7FF" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="3E2DBA21" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="077261DA" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="6C385FA1" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="49B99168" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0C2E9A" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...19 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="4164B265" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="4F1CAE9F" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A63F31D" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
-[...29 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="654AC241" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="4A209228" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="5E93D794" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="68C23ACE" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="7E56DC34" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="000B3220" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="488EA86D" w14:textId="3E665C11" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t>Біліктілік</w:t>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>санатының</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения):_____________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...223 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="005E1863" w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
-    </w:p>
-[...374 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="23E03D49" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9BD8E8" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31DD2FBF" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7D88C8" w14:textId="4CA556D2" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="005E1863" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9508F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F524B1" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8D7172" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6345DF67" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A986D14" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149D5902" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="736C52CD" w14:textId="1ED42BE9" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="005E1863" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB181B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC99A5A" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A333EDE" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AFFB221" w14:textId="69989D37" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="005E1863" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E61499E" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555223FD" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3B88D6" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FD511C" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221D7112" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E878778" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
-    </w:p>
-[...31 lines deleted...]
-        <w:t>Cондай-ақ</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>қосымша</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...55 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="1064EED2" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="0B2ABB2B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...14 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="5F9EF164" w14:textId="77777777" w:rsidR="00C84F13" w:rsidRPr="00C84F13" w:rsidRDefault="00C84F13" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...251 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidTr="006F7468">
+      <w:tr w:rsidR="00473864" w14:paraId="3E7828FF" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="015B220A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="20357CB4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="7E009392" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EFDB92B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B6148F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26B5794E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFB7CDB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF19707" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B3BCD99" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="604B2931" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="22C9A391" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B695E" w:rsidRPr="00401EA2" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+    <w:p w14:paraId="772A4DB5" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>Педагогтің</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="2BB33DA6" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C94BEDA" w14:textId="2CF41AC2" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...195 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B695E" w:rsidRPr="00401EA2" w:rsidRDefault="001B695E" w:rsidP="001B695E">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="4FE8E3FE" w14:textId="1650D37D" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t>(</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r w:rsidRPr="00401EA2">
-[...73 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>жағдайда</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...22 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10428" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2128"/>
+        <w:gridCol w:w="5105"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00473864" w14:paraId="2AE66E9C" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+          <w:p w14:paraId="347F62E9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1602641B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74C72304" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16974E09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4599733B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>№</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w14:paraId="69124443" w14:textId="77777777" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="652E17C8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="34534DF1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7AE1DACF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...60 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="4594233F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F18FF07" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CFC92E5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="609C55D9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="006F7468">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="68964CEE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CC6AC8" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00473864" w14:paraId="3868F6A0" w14:textId="77777777" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD1BD91" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15624DDA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77516681" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08D6598E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22364546" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="170C5A1C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FE9A92E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="520C2EB7" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w14:paraId="2553D15A" w14:textId="77777777" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCA314B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40D1C391" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4869CB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="570F5B99" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0339E809" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F874083" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62C2D7FA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67E4825C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4469FCE1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31172E70" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="615D4B56" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53201B7A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11CAED1E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F74A8D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F3D4F9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A3E0E74" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79BD423E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA33703" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C825CE9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="403322FF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04D26E00" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D2B5EB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0999A987" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67095983" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CBBDCA4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0C688D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D13D57F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CF22EBF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31F82569" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C006B0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CCD43BD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29AC6D2C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56E4FDB6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E608F5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78F270AC" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D9763E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C99D076" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73DF1196" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FB295B6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11264874" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B63BBF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E1ECB4D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E6A3CA9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA60A9E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78F22676" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CBA7F9D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BEA8E4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4261FA3C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43C9AD9B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B15FD09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05990110" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59CA7E87" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4864F854" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="64978EF2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w14:paraId="3FF2D6DA" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1B9331B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...45 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="78E68F38" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40114676" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...68 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="71C90517" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47D53698" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...215 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="599C4D25" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C485BCE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EF6E618" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40E61503" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C0FC50" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="679C7C4D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79597DBF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="7939F82D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00473864" w14:paraId="48FC376D" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="62293073" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="6134A203" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...45 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3B383F0E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...35 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="77D7E07D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FCC0489" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...148 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40D6CF9D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BE79DB1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4F99591B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CC6AC8" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00473864" w14:paraId="05D02F4B" w14:textId="77777777" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE7298A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55315DE9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61EC981F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C94CD5B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0396EBB6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FDD5BD0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A182B54" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C431D85" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w14:paraId="116A9C30" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1EB2F7A9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...70 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="52D3D6B3" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="23E075BC" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
-[...2921 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+          <w:p w14:paraId="75116591" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37725553" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="38402F7D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="4BE80F39" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="41F6A5BE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...76 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="2E414EBA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1A761435" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
-[...46 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...352 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="3EF1F88A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D8A451" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09249DA2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5CBFFA09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="490B71FF" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="209CE363" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3DCC1319" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="59058085" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4320515F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49DE884C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">1 </w:t>
+          <w:p w14:paraId="791F9CD4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD06D52" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72FEC9D0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33912766" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62A15130" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61B4962C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 3 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>ға</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">3 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
-[...248 lines deleted...]
-              <w:t xml:space="preserve"> = 3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="67F1F9DD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="0203BE6A" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="57210DE4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...119 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="2A1EBDE5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7867BA67" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...88 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3E66F4CF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ECA788D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="087F7A6A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1D87E909" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="2B91ACF7" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="64AC8833" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...119 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="49F2065D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="64EAF599" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24DCEA4A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
-[...77 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4A14EE73" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="200C9C41" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED3215D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24B3A5A8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...157 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE6F2B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28F9A09C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0B934383" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="44C1B49D" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0EA5584D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="783929E8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00401EA2">
-[...6 lines deleted...]
-              <w:t>Алдыңғы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00401EA2">
-[...186 lines deleted...]
-              <w:t>)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w14:paraId="4409A25E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A6B801" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56EDDF9E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EA8A7C1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2738A4E1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="431A18B1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B3206AE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...219 lines deleted...]
-              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="29372CE2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="7C25BFC5" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...18 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="563AD50F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="2A0C7B1D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...3206 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3BDBD922" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00F7191E">
+    <w:p w14:paraId="4F3AE146" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6B9A1101" w14:textId="3B77AB0D" w:rsidR="00C301E5" w:rsidRDefault="00F011C3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о проведении конкурса на вакантную и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли временно вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00C84F13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вожатой</w:t>
+      </w:r>
+      <w:r w:rsidR="00392D5B" w:rsidRPr="00392D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная </w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-гимназия </w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00532E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещено на сайте </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00532E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="005A07BD" w:rsidRPr="001776AF">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://goo.edu.kz/loader/fromorg/23/5374</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="497C8444" w14:textId="46D6EF66" w:rsidR="00D15008" w:rsidRPr="0086672B" w:rsidRDefault="00D15008" w:rsidP="0086672B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00D15008" w:rsidRPr="0086672B" w:rsidSect="001C307C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...6 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="09BA57AC"/>
+    <w:nsid w:val="01A263F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50BE025E"/>
-    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+    <w:tmpl w:val="72FCA9A6"/>
+    <w:lvl w:ilvl="0" w:tplc="35B4914C">
       <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="37573D82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71809938"/>
+    <w:lvl w:ilvl="0" w:tplc="138EA222">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="3BB43ACA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B3CAE19E"/>
+    <w:lvl w:ilvl="0" w:tplc="94364D1C">
+      <w:start w:val="10"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -18977,64 +11567,155 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0BB01178"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="4EC7719F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87CC0636"/>
-[...1 lines deleted...]
-      <w:start w:val="11"/>
+    <w:tmpl w:val="D6B2FDE0"/>
+    <w:lvl w:ilvl="0" w:tplc="D17E851A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="73CF2690"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8848D49C"/>
+    <w:lvl w:ilvl="0" w:tplc="CA363422">
+      <w:start w:val="16"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -19090,1162 +11771,183 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...408 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="85"/>
+  <w:zoom w:percent="73"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...628 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00D15008"/>
+    <w:rsid w:val="000602B3"/>
+    <w:rsid w:val="000A3CB6"/>
+    <w:rsid w:val="000C29B7"/>
+    <w:rsid w:val="000D1402"/>
+    <w:rsid w:val="0010189D"/>
+    <w:rsid w:val="001C307C"/>
+    <w:rsid w:val="001D7957"/>
+    <w:rsid w:val="001E6C21"/>
+    <w:rsid w:val="00251E0D"/>
+    <w:rsid w:val="002E5399"/>
+    <w:rsid w:val="00326737"/>
+    <w:rsid w:val="00352373"/>
+    <w:rsid w:val="00352A81"/>
+    <w:rsid w:val="0036559D"/>
+    <w:rsid w:val="00384B44"/>
+    <w:rsid w:val="00392D5B"/>
+    <w:rsid w:val="00473864"/>
+    <w:rsid w:val="00487858"/>
+    <w:rsid w:val="004E793C"/>
+    <w:rsid w:val="00532E77"/>
+    <w:rsid w:val="00573DEB"/>
+    <w:rsid w:val="005A058B"/>
+    <w:rsid w:val="005A07BD"/>
+    <w:rsid w:val="005C1F7D"/>
+    <w:rsid w:val="005D26C1"/>
+    <w:rsid w:val="005E1863"/>
+    <w:rsid w:val="00624187"/>
+    <w:rsid w:val="00687DFB"/>
+    <w:rsid w:val="006C7B3C"/>
+    <w:rsid w:val="007043A0"/>
+    <w:rsid w:val="007315DA"/>
+    <w:rsid w:val="00737F5A"/>
+    <w:rsid w:val="007D699F"/>
+    <w:rsid w:val="007F1CC4"/>
+    <w:rsid w:val="0086672B"/>
+    <w:rsid w:val="008A4F3B"/>
+    <w:rsid w:val="009171DC"/>
+    <w:rsid w:val="00947BD9"/>
+    <w:rsid w:val="00A52003"/>
+    <w:rsid w:val="00A9508F"/>
+    <w:rsid w:val="00AA7285"/>
+    <w:rsid w:val="00AC0B3E"/>
+    <w:rsid w:val="00AF414D"/>
+    <w:rsid w:val="00B46C32"/>
+    <w:rsid w:val="00B6148F"/>
+    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00C35F6E"/>
+    <w:rsid w:val="00C52DEF"/>
+    <w:rsid w:val="00C84F13"/>
+    <w:rsid w:val="00CC7E05"/>
+    <w:rsid w:val="00D15008"/>
+    <w:rsid w:val="00D75259"/>
+    <w:rsid w:val="00E36BC9"/>
+    <w:rsid w:val="00E66D54"/>
+    <w:rsid w:val="00E940AB"/>
+    <w:rsid w:val="00EB3DC3"/>
+    <w:rsid w:val="00EB72DF"/>
+    <w:rsid w:val="00ED74E3"/>
+    <w:rsid w:val="00F011C3"/>
+    <w:rsid w:val="00F557DC"/>
+    <w:rsid w:val="00F577FB"/>
+    <w:rsid w:val="00F96C74"/>
+    <w:rsid w:val="00FD359E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="79FD4E9F"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -20352,209 +12054,211 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F96C74"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00D15008"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-[...12 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Основ_Текст"/>
-    <w:rsid w:val="008D6A9A"/>
+    <w:name w:val="a"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00C301E5"/>
     <w:pPr>
-      <w:tabs>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00C301E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00C301E5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...10 lines deleted...]
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="00352373"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AC5698"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D1402"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -20661,251 +12365,396 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F96C74"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00D15008"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-[...12 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Основ_Текст"/>
-    <w:rsid w:val="008D6A9A"/>
+    <w:name w:val="a"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00C301E5"/>
     <w:pPr>
-      <w:tabs>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00C301E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00C301E5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...10 lines deleted...]
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="00352373"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AC5698"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D1402"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="177474224">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
+    <w:div w:id="788625376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1199471041">
+    <w:div w:id="808205688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1304508421">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1377007951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1469396259">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1537738892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1540969039">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1673415567">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1931886486">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2018968600">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2046952111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2109153722">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2135056280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goo.edu.kz/loader/fromorg/23/5374" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -20939,84 +12788,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -21152,82 +13003,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0C361FF-21EE-49AC-B6D5-C146374E152D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{199D225B-27F3-4973-9018-5E16554CDEBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1872</Words>
-  <Characters>10676</Characters>
+  <Words>1987</Words>
+  <Characters>11327</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12523</CharactersWithSpaces>
+  <CharactersWithSpaces>13288</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:creator>Uchitel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>