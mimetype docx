--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -1,673 +1,615 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w:rsidR="00B80E99" w:rsidRPr="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00924EAA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының №43 жалпы орта білім беру мектебі»</w:t>
+      </w:r>
+      <w:r w:rsidR="00443C44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КММ орыс тілінде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="006A39C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс тілі мен әдебиеті </w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі </w:t>
+      </w:r>
+      <w:r w:rsidR="006A39C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымына </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA635C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00152D80" w:rsidP="00321427">
+    <w:p w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...134 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="000D3225" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00AF1E41" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00704E3C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 43 жалпы орта білім беру мектебі» </w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">оммуналдық мемлекеттік мекемесі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B56337" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пошта мекенжайының орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00B56337">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
-            <w:r w:rsidR="007E6F1B">
+            <w:r w:rsidR="00AA635C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+              <w:t xml:space="preserve">, Павлодар </w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,                    </w:t>
             </w:r>
             <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
+              <w:t xml:space="preserve"> Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қаласы</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00924EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лермонтова</w:t>
+              <w:t>Лермонтов</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі</w:t>
             </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00924EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>95</w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ші</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үй</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B56337" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
@@ -705,2012 +647,2998 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00975E2A">
+            <w:r w:rsidR="006201E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>68</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003009AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00975E2A">
+            <w:r w:rsidR="006201E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00874CAF" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="000D3225" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта мекен-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="005E76FA" w:rsidRDefault="00874CAF" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="0060604F" w:rsidRDefault="000D3225" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="005E76FA" w:rsidRPr="005E76FA">
+              <w:r w:rsidR="0060604F" w:rsidRPr="0060604F">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>43school_pvl@mail.ru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="005E76FA" w:rsidRPr="00B3089F" w:rsidRDefault="00874CAF" w:rsidP="00321427">
+          <w:p w:rsidR="0060604F" w:rsidRPr="00B3089F" w:rsidRDefault="000D3225" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="005E76FA" w:rsidRPr="00BF3FC7">
+              <w:r w:rsidR="0060604F" w:rsidRPr="00F65ADB">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sosh43@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="005E76FA">
+            <w:r w:rsidR="0060604F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="000D3225" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...6 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="006A39C5" w:rsidP="00AF1E41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...79 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс тілі мен әдебиеті </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF1E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00AA635C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00924EAA" w:rsidRPr="00152D80">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidR="00924EAA" w:rsidRPr="00AA635C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidRPr="00152D80">
-[...30 lines deleted...]
-              <w:t>, 2 ставки</w:t>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00AA635C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF1E41" w:rsidRPr="00AA635C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="000D3225">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 2 жүктеме</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA635C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="000D3225" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...6 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00CA0B24" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00CA0B24" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F82AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушыларды әлеуметтендіруге, олардың жалпы мәдениетін қалыптастыруға, кәсіптік білім беру бағдарламаларын саналы түрде таңдауына және кейіннен  игеруге жәрдемдесу;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F82AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="006257E5" w:rsidRPr="006257E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу үдерісінде қауіпсіздік техникасы нормалары мен ережелерін сақтау режимін қамтамасыз ету.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...6 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-              <w:t>и квалификационной категорией;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">от </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орта арнайы білім </w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA635C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>41376</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> те</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00CA0B24">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-              <w:t>от 179933 тенге;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA635C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>79933</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> те</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="000D3225" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
-[...21 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00913B43" w:rsidP="00913B43">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Үміткерге қойылатын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44" w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогтердің үлгілік біліктілік сипаттамаларымен бекітілген </w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+          <w:p w:rsidR="00A118B1" w:rsidRPr="000573B9" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000573B9" w:rsidRPr="000573B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бағдар бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім, жұмыс өтіліне талаптар қойылмайды немесе тиісті бағдар бойынша техникалық және кәсіптік педагогикалық білім жұмыс өтіліне талаптар қойылмайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A118B1" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педаг</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">огикалық жұмыс өтілі – </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="00A70C03">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-              <w:t>га-исследователя не менее 4 лет</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған жағдайда педагогикалық жұмыс өтілі:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00244165" w:rsidRDefault="00874CAF" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00E52D94" w:rsidRDefault="00CA0B24" w:rsidP="00CA0B24">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022 ж. </w:t>
+            </w:r>
+            <w:r w:rsidR="000D3225">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="00244165">
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="00EB7C4D" w:rsidRPr="00244165">
+            <w:r w:rsidR="00C63D19" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="00244165">
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000D3225">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00932150" w:rsidRPr="00244165">
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>.2022</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00E52D94" w:rsidRPr="00E52D94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="000D3225" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қағидалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дың</w:t>
+            </w:r>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidR="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сына</w:t>
+            </w:r>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байқауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкестендіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="003305A7" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003305A7" w:rsidRPr="003305A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(нақты тұрғылықты жерінің мекенжайын және байланыс телефондарын көрсете отырып – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00F82AA5" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F82AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогт</w:t>
+            </w:r>
+            <w:r w:rsidR="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ердің</w:t>
+            </w:r>
+            <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003305A7" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000573B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5)  </w:t>
+            </w:r>
+            <w:r w:rsidR="003305A7" w:rsidRPr="000573B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін</w:t>
+            </w:r>
+            <w:r w:rsidR="003305A7" w:rsidRPr="000573B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00860EED" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidR="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР </w:t>
+            </w:r>
+            <w:r w:rsidR="00860EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">енсаулық сақтау </w:t>
+            </w:r>
+            <w:r w:rsidR="00860EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>инистрі міндеттерін атқарушысының 2020 жылғы 30 қа</w:t>
+            </w:r>
+            <w:r w:rsidR="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ндағы «Денсаулық сақтау </w:t>
+            </w:r>
+            <w:r w:rsidR="00860EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есепке алу құжаттамасының ныса</w:t>
+            </w:r>
+            <w:r w:rsidR="00860EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ндарын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекіту туралы» № ҚР ДСМ – 175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidR="00860EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F" w:rsidRPr="00860EED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...74 lines deleted...]
-          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы жөніндегі анықтама</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="000573B9" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000573B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="000573B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="003305A7" w:rsidRPr="000573B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сихоневрологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="000573B9" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000573B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidR="00B549F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="00B549F4" w:rsidRPr="000573B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аркологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00704E3C" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">9) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidR="00860EED" w:rsidRPr="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="004D07D1">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidR="00860EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ҰБТ)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32923">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе </w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог-мо</w:t>
+            </w:r>
+            <w:r w:rsidR="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер (болған жағдайда) </w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C" w:rsidRPr="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік санаттарын беру туралы куәлік</w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009D536D" w:rsidRDefault="00470938" w:rsidP="00DF533F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidR="00B549F4" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11-қосымшаға сәйкес нысан бойынша педагогтың бос немесе уақытша бос лауазымына </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF533F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үміткердің</w:t>
+            </w:r>
+            <w:r w:rsidR="00B549F4" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidR="00B549F4" w:rsidRPr="009D536D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағалау парағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00B549F4" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="006A39C5" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D478D0" w:rsidRPr="004D07D1" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00443C44" w:rsidP="00704E3C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>лауазымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00B3089F" w:rsidRDefault="00723642" w:rsidP="00321427">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00D478D0" w:rsidP="006424B7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00704E3C" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5495"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00704E3C" w:rsidRDefault="00B3089F" w:rsidP="00BE792E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ағидаларына</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>государственных организаций образования</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00AE5AB7" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00BE4A7F" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
@@ -2740,57 +3668,102 @@
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00CC2541" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00F82AA5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t>государственный орган, объявивший конкурс</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байқауды</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -2848,887 +3821,1067 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F7191E" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00BE4A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF533F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>міткердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00DF533F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т. А. Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="000573B9" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000573B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00636139">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="000573B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00636139">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс орны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000573B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...33 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00636139" w:rsidRPr="00636139">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+        <w:t>нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00D3471A" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E20FE" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00BE4A7F" w:rsidRDefault="00F7191E" w:rsidP="00BE4A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F" w:rsidRPr="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мені бос/уақытша бос лауазымға орналасуға арналған </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байқауға</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F" w:rsidRPr="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009D536D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
-          <w:sz w:val="28"/>
-[...18 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...42 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00BE4A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>білім беру ұйымдарының атауы</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (обл</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009D536D" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009D536D" w:rsidRDefault="00B760F5" w:rsidP="00B760F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымның атауы</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (обл</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00BE4A7F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2765"/>
       </w:tblGrid>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE4A7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00BE4A7F" w:rsidP="00BE4A7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары немесе жоғары оқу орнынан кейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B760F5" w:rsidRDefault="00B760F5" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3770,570 +4923,742 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>растаған күні</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00790B31" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009D536D" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B760F5" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық жұмыс өтілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14AED" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14AED" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>____________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00790B31" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B760F5" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесі жұмыс нәтижелерім бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="00B14AED" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00790B31" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="009D536D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>__</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="009D536D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="009D536D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Марапаттары</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми дәрежесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми атағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009D536D" w:rsidRDefault="00B760F5" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ қосымша мәліметтері</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...229 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4358,115 +5683,121 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
-[...7 lines deleted...]
-    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00321427" w:rsidP="00452A41">
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00AE5AB7" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>20___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00321427" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="00321427" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_____________</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>20___года</w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
@@ -4491,58 +5822,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қолы</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -4573,276 +5904,403 @@
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="4394"/>
       </w:tblGrid>
       <w:tr w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidTr="004B772A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00301843" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w:rsidR="00301843" w:rsidRDefault="00301843" w:rsidP="00BE792E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="00301843" w:rsidP="00BE792E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+          <w:p w:rsidR="00AE5AB7" w:rsidRDefault="00AE5AB7" w:rsidP="00AE5AB7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3AFB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE5AB7" w:rsidRDefault="00AE5AB7" w:rsidP="00AE5AB7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>назначения на должности,</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE5AB7" w:rsidRDefault="00AE5AB7" w:rsidP="00AE5AB7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3AFB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE5AB7" w:rsidRDefault="00AE5AB7" w:rsidP="00AE5AB7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+              <w:t>лауазымнан босату қағидаларына</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE5AB7" w:rsidRPr="00790B31" w:rsidRDefault="00AE5AB7" w:rsidP="00AE5AB7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> государственных </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3AFB">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>организаций образования</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="00AE5AB7" w:rsidP="00AE5AB7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3AFB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B695E" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
+    <w:p w:rsidR="001B695E" w:rsidRPr="007C3AFB" w:rsidRDefault="00AE5AB7" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B772A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE5AB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007C3AFB">
+        <w:t>Педагогт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00913B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C3AFB" w:rsidRPr="007C3AFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B695E" w:rsidRPr="007C3AFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00610B31" w:rsidRPr="007C3AFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
@@ -4874,110 +6332,136 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B772A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B772A">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Т.Ә.А.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B772A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t>(при его наличии))</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="501"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="5103"/>
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="5244"/>
+        <w:gridCol w:w="709"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
         <w:trPr>
           <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
@@ -4986,3000 +6470,4371 @@
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00AE5AB7" w:rsidRDefault="00AE5AB7" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B772A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>Критерии</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00AE5AB7" w:rsidRDefault="00AE5AB7" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B772A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>Подтверждающий документ</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00AE5AB7" w:rsidP="00AE5AB7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004B772A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(от 1 до 20)</w:t>
+              <w:t>(1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ден</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00AE5AB7" w:rsidRDefault="00AE5AB7" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00AE5AB7" w:rsidRDefault="00AE5AB7" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00E17FA3" w:rsidP="00415884">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі туралы д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>иплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00C83B05" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00CB7A1A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оғары күндізгі</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00CB7A1A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оғары сырттай</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қашықтықтан оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00CB7A1A" w:rsidP="00CB7A1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Уровень образования</w:t>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00AE5AB7" w:rsidRDefault="00AE5AB7" w:rsidP="00AE5AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дәреже</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00AE5AB7" w:rsidP="00AE5AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі туралы д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>иплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00CB7A1A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр немесе жоғары білімі бар маман </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00CB7A1A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылым докторы</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00CB7A1A" w:rsidP="00CB7A1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00415884" w:rsidRDefault="00415884" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық біліктілік тестілуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>Диплом об образовании</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00CB7A1A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7A1A" w:rsidRPr="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00CB7A1A" w:rsidRDefault="00CB7A1A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Высшее очное = 5 баллов</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>высшее заочное/</w:t>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ден</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-тен </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-нен</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 90 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-дан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ден</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-нен</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>90 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B6862" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-дан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-тан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00093671" w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ден</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-нен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>90 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="000B6862" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-дан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00093671" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерттеуші»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00093671" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00093671" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-ден </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00093671" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-тан </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-тен </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00093671" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–нен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>90 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00093671" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-дан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-ден </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-тан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 бал</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00093671" w:rsidRDefault="00093671" w:rsidP="00093671">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бал</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7A1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
-[...2575 lines deleted...]
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
         <w:trPr>
           <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
@@ -7987,815 +10842,1133 @@
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00415884" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>Квалификация/</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біліктілігі</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Категория. </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00415884" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...16 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2 категория = 1 балл</w:t>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1 категория = 2 балла</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00093671" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>Высшая категория = 3 балла</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары санат</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагог-модератор = 3 балла</w:t>
+              <w:t>Педагог-модератор = 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагог-эксперт = 5 баллов</w:t>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагог-исследователь = 7 баллов</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00093671">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="000D3225" w:rsidTr="00BE792E">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00415884" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Стаж педагогической деятельности</w:t>
-            </w:r>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00415884" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-              <w:t>заменяющий трудовую деятельность</w:t>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+          <w:p w:rsidR="0086261D" w:rsidRPr="009D536D" w:rsidRDefault="00304B28" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жылдан </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009D536D" w:rsidRDefault="00304B28" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009D536D" w:rsidRDefault="00304B28" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009D536D" w:rsidRDefault="00304B28" w:rsidP="00093671">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>от 10 и более = 3 балла</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылдан және одан артық</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="009D536D" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00415884" w:rsidRDefault="00415884" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B772A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00415884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және әдістемелік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызмет тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00415884" w:rsidRDefault="00415884" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...33 lines deleted...]
-              <w:t>заменяющий трудовую деятельность</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдіскер</w:t>
+            </w:r>
             <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">методист = 1 балл </w:t>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00093671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дирктор орынбасары</w:t>
+            </w:r>
             <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>заместитель директора = 3 балла</w:t>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>директор = 5 баллов</w:t>
+              <w:t>директор = 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
         <w:trPr>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8803,2020 +11976,2980 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00415884" w:rsidRDefault="00415884" w:rsidP="00E17FA3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B772A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00415884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004B772A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмысқа алғаш кіріскен педагогт</w:t>
+            </w:r>
+            <w:r w:rsidR="00E17FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B772A">
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00E17FA3" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="00BE792E" w:rsidRDefault="00BE792E" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> = 1 балл</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік тәжірибе нәтижелері</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00321427" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
+            <w:r w:rsidR="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өте жақсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
             <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>хорошо</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00BE792E" w:rsidRDefault="00321427" w:rsidP="00BE792E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            <w:r w:rsidR="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00415884" w:rsidRDefault="00415884" w:rsidP="00415884">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004B772A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алдыңғы жұмыс орнынан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
-[...8 lines deleted...]
-              <w:t>(при осуществлении трудовой деятельности)</w:t>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін жүзеге асыру кезінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00E17FA3" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>П</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Хат </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00BE792E" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...34 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хаттың болуы</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00BE792E" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="004B772A">
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат болмаған жағдайда</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> минус 3</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00BE792E" w:rsidP="00CB7A1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="000D3225" w:rsidTr="00BE792E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00415884" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетістіктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00C83B05" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім алушылардың ғылыми жобалар, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> байқаулар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E17FA3" w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E17FA3" w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дары,</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05" w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E17FA3" w:rsidRPr="00E17FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00C83B05" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мұғалімдердің </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05" w:rsidRPr="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен байқаулар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00C83B05" w:rsidRDefault="0086261D" w:rsidP="00C83B05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік марапат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE792E" w:rsidRDefault="00BE792E" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Олимпиадалар мен байқаулардың жүлдегерлері </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00BE792E" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00BE792E" w:rsidRDefault="00BE792E" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ғылыми жобалардың</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00BE792E" w:rsidRDefault="00BE792E" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Олимпиадалар мен байқаулардың жүлдегерлері</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00BE792E" w:rsidRDefault="00BE792E" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>байқауының қатысушысы</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00BE792E" w:rsidRDefault="00BE792E" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үздік педагог»байқауының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегері</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00BE792E" w:rsidRDefault="00BE792E" w:rsidP="00BE792E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Қазақстан еңбек сіңірген ұстазы» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>медаль иегері</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00BE792E" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00415884" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...51 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C83B05" w:rsidRPr="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="00BE792E" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="00BE792E" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE792E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:r w:rsidR="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">збесіне енгізілген қулықтардың және (немесе) ОӘК </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор</w:t>
+            </w:r>
+            <w:r w:rsidR="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы немесе тең </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">авторы </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00B0017D" w:rsidP="00B0017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
-              <w:jc w:val="both"/>
-[...144 lines deleted...]
-              <w:t>«</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>Қазақстан</w:t>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B772A">
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>еңбек</w:t>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ізілген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B772A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>сіңірген</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B772A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>ұстазы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> = 10 баллов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>10</w:t>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="00415884" w:rsidRPr="00415884" w:rsidRDefault="00415884" w:rsidP="00415884">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00415884" w:rsidP="00415884">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00C83B05" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C83B05" w:rsidRPr="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көптілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C83B05" w:rsidRPr="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C83B05" w:rsidRPr="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C83B05" w:rsidRPr="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C83B05" w:rsidRPr="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00B0017D" w:rsidRDefault="00B0017D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7A1A" w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00B0017D" w:rsidRDefault="00B0017D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ жетекшілігі</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00B0017D" w:rsidRDefault="00B0017D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кәсіптік-педагогикалық қоғамдастықтың көшбасшысы </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00B0017D" w:rsidRDefault="00B0017D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CB7A1A" w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00B0017D" w:rsidRDefault="00B0017D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="64"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CB7A1A" w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00B0017D" w:rsidRDefault="00B0017D" w:rsidP="00B0017D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7A1A" w:rsidRPr="00B0017D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="000D3225" w:rsidTr="00BE792E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>Методическая деятельность</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00415884" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-авторские работы и публикации</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәндік дайындық сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>цифрлық сауаттылық сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00C83B05" w:rsidRDefault="0086261D" w:rsidP="00C83B05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-да бағдарламалау негіздері»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-пен жұмыс істеуді оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00CB7A1A" w:rsidRDefault="00B0017D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, "Өрлеу" курстары</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7A1A" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009D536D" w:rsidRDefault="00B0017D" w:rsidP="00B0017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7A1A" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әрқайсысы жеке</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009D536D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="009D536D" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
-[...768 lines deleted...]
-      <w:tr w:rsidR="004B772A" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+      <w:tr w:rsidR="004B772A" w:rsidRPr="004B772A" w:rsidTr="00BE792E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="00415884" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00304B28">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00415884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="00415884" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00304B28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00304B28">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ең жоғарғы балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00304B28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
@@ -11556,247 +15689,258 @@
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="00026600"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
+    <w:rsid w:val="000573B9"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00093671"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D3225"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00152D80"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
-    <w:rsid w:val="00175FFD"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
-    <w:rsid w:val="00244165"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="003305A7"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00335DCB"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1A8C"/>
+    <w:rsid w:val="003B5721"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="00407141"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="004260C3"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
@@ -11825,485 +15969,513 @@
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
-    <w:rsid w:val="005E76FA"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="0060604F"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006201E6"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006257E5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00636139"/>
     <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="006424B7"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A39C5"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00700DE2"/>
+    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
-    <w:rsid w:val="00723642"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007E6F1B"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00860EED"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00874CAF"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="0088118E"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
+    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="00975E2A"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
-    <w:rsid w:val="009C3C61"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D536D"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70C03"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AA635C"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1E41"/>
+    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B549F4"/>
     <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B62B0A"/>
     <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B760F5"/>
+    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C71C71"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C83B05"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D01FE8"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E62F31"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EB7C4D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F82AA5"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2CC8CEAE"/>
-  <w15:docId w15:val="{658CD721-C42D-4CE3-9450-3CB8C47A1ED6}"/>
+  <w14:docId w14:val="66D710DE"/>
+  <w15:docId w15:val="{95A293F3-CD7E-4639-B223-785E317EC98C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12648,51 +16820,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -12795,89 +16966,167 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005E76FA"/>
+    <w:rsid w:val="0060604F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="82916394">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="171575267">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="509415155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1043142082">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1147747301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1446004979">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -13149,79 +17398,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6B34C85-4741-4B04-B46E-542E0667AAB5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FA1C458-F7FC-4693-8376-A7EB166FAD48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1779</Words>
-  <Characters>10142</Characters>
+  <Words>1735</Words>
+  <Characters>9894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
+  <Lines>82</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11898</CharactersWithSpaces>
+  <CharactersWithSpaces>11606</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>