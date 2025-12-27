--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,1173 +1,1018 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="00CA3120" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711A0A">
+      <w:r w:rsidRPr="00C363E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="00CA3120" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711A0A">
+      <w:r w:rsidRPr="00C363E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00B65D66">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C363E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ бойынша</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных должностей педагогов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="00711A0A" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="00CA3120" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711A0A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">педагогтердің  бос лауазымдарына тағайындау конкурсының </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00794310">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C363E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA3120" w:rsidRPr="00C363E3" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нәтижесі</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C363E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C363E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRDefault="00711A0A">
+    <w:p w:rsidR="00CA3120" w:rsidRPr="00C363E3" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9635" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="490"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2461"/>
+        <w:gridCol w:w="486"/>
+        <w:gridCol w:w="1782"/>
+        <w:gridCol w:w="1847"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="1838"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B65D66" w:rsidRPr="003D1D60" w:rsidTr="00B65D66">
+      <w:tr w:rsidR="00CA3120" w:rsidRPr="003D1D60" w:rsidTr="00845CB0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00794310" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="1782" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00794310" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
             <w:r w:rsidRPr="00794310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТАЖ</w:t>
+              <w:t xml:space="preserve">               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00794310" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00794310">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00794310" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+              <w:t>Образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00794310" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00794310" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нәтиже</w:t>
+              <w:t>Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2461" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRDefault="008B0E33" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ескертпе</w:t>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A01505" w:rsidRPr="003D1D60" w:rsidTr="00B65D66">
+      <w:tr w:rsidR="00CA3120" w:rsidRPr="003D1D60" w:rsidTr="00845CB0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="00794310" w:rsidRDefault="00A01505" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="1782" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRDefault="00A01505">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00DF2CD7" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мамилина Алмагуль Жаскеновна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="00794310" w:rsidRDefault="00A01505" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...13 lines deleted...]
-              <w:t>жоғары</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="00B65D66" w:rsidRDefault="00A01505" w:rsidP="00A01505">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік тілде оқытпайтын бастауыш сынып мұғалімі</w:t>
+              <w:t xml:space="preserve">Учитель начальных классов с </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF2CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственным языком обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="00794310" w:rsidRDefault="00A01505" w:rsidP="00570347">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">конкурстан өтті </w:t>
+          <w:p w:rsidR="00CA3120" w:rsidRPr="008B0E33" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0E33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2461" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="008B0E33" w:rsidRDefault="00A01505" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A01505" w:rsidRPr="003D1D60" w:rsidTr="00B65D66">
+      <w:tr w:rsidR="00CA3120" w:rsidRPr="003D1D60" w:rsidTr="00845CB0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="00794310" w:rsidRDefault="00A01505" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="1782" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRDefault="00A01505">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00DF2CD7" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Павлова Анастасия Анатольевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="00794310" w:rsidRDefault="00A01505" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00DF2CD7" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орта арнаулы</w:t>
+              <w:t>средне специальное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="00794310" w:rsidRDefault="00A01505" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00DF2CD7" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік тілде оқытпайтын бастауыш сынып мұғалімі</w:t>
+              <w:t>Учитель начальных классов с негосударственным языком обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="00794310" w:rsidRDefault="00A01505" w:rsidP="00570347">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">конкурстан өтті </w:t>
+          <w:p w:rsidR="00CA3120" w:rsidRPr="008B0E33" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0E33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2461" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01505" w:rsidRPr="008B0E33" w:rsidRDefault="00A01505" w:rsidP="008B0E33">
+          <w:p w:rsidR="00CA3120" w:rsidRPr="00794310" w:rsidRDefault="00CA3120" w:rsidP="00845CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00711A0A" w:rsidRDefault="00711A0A">
+    <w:p w:rsidR="00CA3120" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
+    <w:p w:rsidR="00CA3120" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00CA3120" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="00CA3120" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0094391B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурстық комиссияның</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">                                             С.К.Кусманова</w:t>
+        <w:t xml:space="preserve">                                                                           Кусманова С.К.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="00CA3120" w:rsidRPr="0094391B" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0094391B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                                            </w:t>
+        <w:t xml:space="preserve">                       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="00CA3120" w:rsidRPr="0094391B" w:rsidRDefault="00CA3120" w:rsidP="00CA3120">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="0094391B" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="00CA3120" w:rsidRPr="0094391B" w:rsidRDefault="00536CBB" w:rsidP="00CA3120">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2022 жылғы </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A01505">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3120" w:rsidRPr="0094391B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3120" w:rsidRPr="0094391B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>24</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0094391B">
+        <w:t>августа</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3120" w:rsidRPr="0094391B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve"> 2022 года</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
-[...177 lines deleted...]
-    <w:sectPr w:rsidR="0094391B">
+    <w:p w:rsidR="006D274C" w:rsidRDefault="006D274C"/>
+    <w:sectPr w:rsidR="006D274C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...92 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0090705F"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00DD668D"/>
+    <w:rsidRoot w:val="00CA3120"/>
+    <w:rsid w:val="00536CBB"/>
+    <w:rsid w:val="006D274C"/>
+    <w:rsid w:val="00CA3120"/>
+    <w:rsid w:val="00DF2CD7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1310,114 +1155,78 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00CA3120"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...35 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -1537,128 +1346,92 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00CA3120"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...35 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1907,65 +1680,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>88</Words>
-  <Characters>503</Characters>
+  <Words>92</Words>
+  <Characters>525</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>590</CharactersWithSpaces>
+  <CharactersWithSpaces>616</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Windows 8</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>