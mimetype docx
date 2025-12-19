--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,10142 +1,9690 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="15681506" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="393DB3D8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...31 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+        <w:t xml:space="preserve">«Павлодар қаласының №21  жалпы орта білім беру мектебі» КММ  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FB40A6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0F29271C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="008D4AB6" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...62 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік және  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс тілін</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83974">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
-      <w:r w:rsidR="00FC2BE5" w:rsidRPr="00FC2BE5">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EA5B36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ореограф</w:t>
       </w:r>
-      <w:r w:rsidR="00FC2BE5">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалім</w:t>
       </w:r>
-      <w:r w:rsidR="009F205E" w:rsidRPr="009F205E">
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00E83974">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...40 lines deleted...]
-        <w:t>нтную должность)</w:t>
+        <w:t xml:space="preserve"> лауазымына </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EC065B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="38CE1525" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550DFA37" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="432"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="2683"/>
+        <w:gridCol w:w="1781"/>
+        <w:gridCol w:w="4602"/>
+        <w:gridCol w:w="437"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="2F298B0D" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="1AAD0C27" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
           <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0ABCBA09" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1444FEA7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0539B11B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35EA0B02" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="114C1760" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB52A5C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3726F512" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C9491DF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Камзин  көшесі, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="77859EBD" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="323A2257" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="67C84F02" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB7FC9F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="0A8BDF0A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C635267" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="32F837E8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Телефон  нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="695D0FF5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-              <w:t>Камзина, 346</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="6FC74C92" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="29F3C13A" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="278"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5C27A23C" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B443280" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...80 lines deleted...]
-          <w:p w14:paraId="4BD164E4" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="025262F9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-          <w:p w14:paraId="2EA9F9D5" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Электрондық  пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAB9159" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00407673">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>sosh21@goo.edu.kz</w:t>
+              <w:t> sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="7008A4CB" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00972AEC" w14:paraId="2612F53C" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="02E6B5CD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="074899E7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="67D92D8C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0744DF81" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="11B536EC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="009F205E" w:rsidRDefault="00D27933" w:rsidP="009F205E">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="783F0E42" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-              <w:t>, 16 часов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №21 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="4B240A4B" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00972AEC" w14:paraId="4A011CAD" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="16A6EE45" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4056D0FE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="1D0F7D8C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9C8414" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...90 lines deleted...]
-              <w:t xml:space="preserve"> обеспечивает создание условий для охраны жизни и здоровья детей во время проведения мероприятий.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі  функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5883CB01" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымында тәрбиеленушілердің жас және психологиялық ерекшеліктерін, мүдделері мен қажеттіліктерін зерделейді, оларды іске асыру үшін жағдайлар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="530FDA1A" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">таланттарды, ақыл-ой және дене қабілеттерін дамытуға, жеке тұлғаның жалпы мәдениетін қалыптастыруға жәрдемдеседі; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="222EF123" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үйірмелер, секциялар, балалар бірлестіктерінің жұмысын, балалар мен ересектердің әртүрлі бірлескен қызметін, білім алушылармен, тәрбиеленушілермен жеке жұмысты ұйымдастырады;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DE58F72" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем-шығармашылық бағытыбасқарады; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ABD1068" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы заңнамаға сәйкес баланың қауымдастықтарға, қоғамдық ұйымдарға қатысу құқықтарын іске асыруға ықпал етеді;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="722B59B1" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім алушылардың, тәрбиеленушілердің кештерін, мерекелерін, каникулдық демалысын ұйымдастырады, білім алушылардың, тәрбиеленушілердің әлеуметтік маңызды бастамаларын қолдайды;   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="041CDB6F" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балалардың мәдени-бұқаралық іс-шараларға қатысуын ұйымдастырады;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621AD5D0" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> іс-шараларды өткізу кезінде балалардың өмірі мен денсаулығын қорғау үшін жағдайлар жасауды қамтамасыз етеді.   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A897803" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> Білуге тиіс:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46CDD0B3" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="00EA5B36">
+                <w:rPr>
+                  <w:rStyle w:val="a6"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Конституциясы</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, Қазақстан Республикасының "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="00EA5B36">
+                <w:rPr>
+                  <w:rStyle w:val="a6"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Білім туралы</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z22" w:history="1">
+              <w:r w:rsidRPr="00EA5B36">
+                <w:rPr>
+                  <w:rStyle w:val="a6"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Педагог мәртебесі туралы</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="00EA5B36">
+                <w:rPr>
+                  <w:rStyle w:val="a6"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>" заңдары және білім беру мәселелері жөніндегі өзге де нормативтік құқықтық актілер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CC330D" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      педагогикалық этиканың нормалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14CF5344" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      педагогика және психология, физиология, гигиена, тәрбие жұмысының әдістемесін, үйірмелер, секциялар, студиялар, клубтық бірлестіктер сабақтарының бағдарламалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70BA0D80" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      балалар ұжымдарын, ұйымдар мен қауымдастықтар қызметінің негіздерін, еңбек заңнамасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA4D160" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      еңбек қауіпсіздігі және еңбек қорғау ережелерін, санитариялық ережелер мен нормалар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="13AD5C82" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00972AEC" w14:paraId="427A7CB3" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="570"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="40ABB02B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27B5F9A8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...178 lines deleted...]
-          <w:p w14:paraId="7CC2A903" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B376F96" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68C080E4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="52DAC45C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C1D9BE5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56F27DB3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCD303E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC089CC" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хореограф</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83974" w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 16 сағат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E7337B2" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5B36" w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5B36" w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының ұйымдастырушы-педагогі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="752C6062" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00EA5B36" w14:paraId="77DC1645" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="638"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="700EA47C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC9117E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48B11711" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CCED099" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 113000 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35256D3A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 177766 теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00972AEC" w14:paraId="10CC3DE4" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="638"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="514F4ADA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69F77BB6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос лауазымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5651F23F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хореограф</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20C741C4" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының ұйымдастырушы-педагогі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1732BEBE" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00EA5B36" w14:paraId="2B47CBFA" w14:textId="77777777" w:rsidTr="00EA5B36">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="066F1685" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBF92C1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="2DABE965" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогтердің үлгілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="466DD6EC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...53 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EDAE948" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">      тиісті бейін бойынша жоғары және (немесе) жоғары оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>орнынан кейінгі педагогикалық білім немесе техникалық және кәсіптік білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс өтіліне талаптар қойылмай, педагогикалық қайта даярлығын растайтын құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F346F49" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>      және (немесе) біліктілігінің орта немесе жоғары деңгейі болған кезде мамандығы бойынша жұмыс өтілі: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="099E0E60" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>      және (немесе) біліктілігінің жоғары деңгейі болған кезде педагог-шебер үшін мамандығы бойынша жұмыс өтілі-кемінде 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F9A3DF6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="05BE8385" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00EA5B36" w14:paraId="7CB76735" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="423"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="53EE232B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6905D7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="71C7FA4A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64120902" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...100 lines deleted...]
-              <w:t>.2022</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22F06DF7" w14:textId="148260BD" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00972AEC" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83974" w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83974" w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08.2022ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="32869EEF" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...4 lines deleted...]
-          <w:p w14:paraId="78C831AC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00972AEC" w14:paraId="7E6F827C" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22FF4B3A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="332681B4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36F5A3FF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08A142C2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D8ACD24" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40ECAE8D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52F13435" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A6CBF0E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08EA41D9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DECD96E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225E2243" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10551AE4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BF5594C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00EA5B36" w14:paraId="77AA5BE0" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16EDD300" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC45588" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...427 lines deleted...]
-            </w:r>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53121487" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...408 lines deleted...]
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="58763FC8" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="1F686B5B" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
           <w:trHeight w:val="781"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="36ECC727" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="5401" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D93A299" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="34A0FE35" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03D1BC19" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5039" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2029CFDE" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F1847BE" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61854AE5" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51970B3B" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A96C0AF" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="746AC2C7" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EBF37E4" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48CFF95F" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D9E9FA7" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="795FCA51" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AE180FB" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="681E0B40" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63A29002" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E7B7CEF" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1274BF5C" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23DDDA81" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1114558B" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54225E55" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4589BC7E" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="501110E7" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39C253AC" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F10BA95" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FD2E2CF" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="085402A2" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19F5B5D4" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="024D499B" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A0D6CA3" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="200DA54D" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="468B3DA9" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66C94932" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5309E3F8" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D7B9502" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4910477E" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1093777B" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="045B60D6" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="409E993B" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F693BB6" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23246F57" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47D01540" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14CC1E61" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75B638D1" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AAE9200" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4623EF61" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BA32CDC" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DFCDED8" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18FDE61A" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F7140FF" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16D75067" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D344A1F" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A0C64C6" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0882CDC9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D1D40EF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1F450555" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0650CB0C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="35EA4BB2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="648A4401" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="7866BFE1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="275FC07E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...58 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B79C53B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...61 lines deleted...]
-    <w:p w14:paraId="4DE6ADA1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="03EB43C6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...23 lines deleted...]
-        <w:t>)</w:t>
+    </w:p>
+    <w:p w14:paraId="7393C1DE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259FC9AA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...39 lines deleted...]
-    <w:p w14:paraId="1D8721EF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="068151AC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642D9215" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2A26D5E1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434A1BAD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2EE7DA87" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1492D8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...53 lines deleted...]
-    <w:p w14:paraId="0D5D4C38" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0FB732F4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F41C055" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="022A802E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287C5B5E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="33840767" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1CD814" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9A6A0E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE37F6A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649BE7A9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C133CA6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45C9DA7F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="190A889E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00ED2471">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD02090" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4427E6D8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-180" w:firstLine="180"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49CFD751" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...15 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7E19C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="45841904" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...15 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42AF4BF2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="77C07914" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A01514A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...48 lines deleted...]
-    <w:p w14:paraId="134A9424" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2DF1F12C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F21E459" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="35BDF708" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...15 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4241F7CF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...25 lines deleted...]
-    <w:p w14:paraId="77CC92FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="53BAC3C6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E300F75" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3EF562EA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E078A2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CDFF02" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4C80BF95" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DBC9AD0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0242A414" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078BE20D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="519D4AC9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="4F1D1A70" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="099C5345" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-          </w:tcPr>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4AF1B7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4827CB27" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39A9708F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="344FEC2D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79244619" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FA21F6B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="3FD044FB" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D333A3C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="414DE42B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64370D53" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="2A8C1367" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F0722D6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...49 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CE22E64" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="33F337D6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C1A771D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="14B1E0BD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...30 lines deleted...]
-        <w:t>_____________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (берген (растаған) күні):_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5863A3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...25 lines deleted...]
-    <w:p w14:paraId="6FF31E5B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="07077DE4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5CE08776" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="45755564" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2CB9A431" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4159B4B2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>Имею следующие результаты работы:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...5 lines deleted...]
-        <w:t>________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DCBBF9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2975E290" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772426EE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2A81763F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F672BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="43A210C0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499CCDA5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3B6962A1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1F8A1EFE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="54F97BE6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы ____________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="10D3A6E8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0213165A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B6C157" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="314D2E79" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5823DCC7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="78FC9F23" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...13 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D9A4A4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0E7207FD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="228E2C6E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="47A93B91" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434B2D63" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="425F0E88" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...15 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3618F5FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="53BD3D9D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>________________________________________________________________________________________</w:t>
+        <w:t>20____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...67 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
       </w:r>
-    </w:p>
-[...27 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="687090DC" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="48C82638" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D989B58" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="1DF19172" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="428C5489" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57657AFC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1C93F63F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B2BF4B4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="735A86A1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10579175" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="72EBD415" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A73F6EB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="5C3424BC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DD45ECE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="57722AEB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7745B89C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...44 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="417243B4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="416EFB66" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="579C2CED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="59AF55B7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C3AFB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C3AFB">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D3023D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D746674" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="36782945" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD40319" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10110" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="4963"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="0B766C41" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="30FE9459" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16946E0E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="7287B769" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="574ECF26" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5B943579" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...10 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="056DCA43" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5FD44663" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...14 lines deleted...]
-              <w:ind w:firstLine="851"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9D1F3A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="597C2A7A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FC3D70D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="571DE59D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="23D08331" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00972AEC" w14:paraId="6D00CAAF" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5923BC99" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="318DEBC8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9B1C24" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55936BAA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="139649C1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0798214C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72420C37" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ADB8F3E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="041321B5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="35AD5832" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="526C82AD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27DDFE4A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми/ академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7135C0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3427CA90" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7592B88C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18BEC295" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="693B7B02" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29EAF45D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00972AEC" w14:paraId="008DDE63" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="561D49C8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CA472C5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD3C5BD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұлттық біліктілік тестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="565592CA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BED32E4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45C610B2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A7B5B86" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4972FBDF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B356BD5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B76B1B5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="038C32BE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3483492A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B9A9532" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="645A56D5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78C22801" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B85AD84" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="625E843B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Педагог-модератор» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F03BF1F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DC7F37C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AD4B31C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CE83BEB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="744FA539" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80-ден 90 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E82697A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C154B34" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37F2FA95" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F840728" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0713925B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E25440" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49C6CEA7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AF2A75F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A0BC505" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30924508" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="766F1341" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E428C2B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A08024B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="204CEBB0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41FA7CE7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41968C13" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47888CCB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C8E240E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="540A24E5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2436500B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52A96A38" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="485CD756" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CBDD4C9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0998F4FF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BFB832C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AE41318" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ABD269B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>40 - тан 50 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="757EEC8F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21462B81" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BFFA997" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A19C266" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="094393E8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="3B9C850F" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D992ACB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="580B9BBE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктілігі/ Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50629FD7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="729AD072" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="383BA159" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 санат -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62A99797" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары санатты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F2967E8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1283DFEA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6831C310" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог- зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58151959" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C7A51AF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="4E263E36" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA96C28" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44A74752" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6067FA51" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFAD3FD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24A34D3B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D68C61" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5 жылдан 10 жылға дейін = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD424B3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10 жылдан және одан артық = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2190E176" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="01908F7A" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2D8F5C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE18BEB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69C1ABDB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45EAE991" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="600F46ED" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4520D77A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17F733F2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="463D347D" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21DCF684" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34E9EC76" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жұмысқа алғаш кіріскен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогтар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D214D4A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Білім туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="519EC69E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53367C78" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C51DA50" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B311D49" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="426EDC73" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35137761" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46D78128" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5482A8DB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3394C4C8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D4E03B8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64F1AC97" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26771BB6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="459DE0C8" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="320BFE9F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1133E13F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E54EC4E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AFA2B93" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A668BEF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B130818" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="542A6A5E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A3F767B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB140D2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E10A71B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FE7A986" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>медаль «Қазақстанның еңбек сіңірген ұстазы» – 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="555F571D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00972AEC" w14:paraId="07EE6B71" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54C52C0D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B37CEEF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="170A62FF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04847EA6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69FB47A5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67F87E9F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="431E995D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="72599FC8" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="609C7BAE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E41B3CD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="699BA765" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1371CB80" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- көптілділікті жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F98A001" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D3F0A2C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ӘБ жетекшілігі -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26762296" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D199DD9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC96100" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A9B2EAB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E5A1EBA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="13000E77" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7353B02B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C9A4CD7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7682D19B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B0311B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69588DC8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05441B9C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E3DD01" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python-да бағдарламалау негіздері», «Microsoft-пен жұмыс істеуді оқыту» бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60A24514" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C4108AD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75F6AAB6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="2CC5641B" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0437B8EF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...26 lines deleted...]
-              <w:ind w:left="141"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68BE6A29" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-              <w:ind w:left="141"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BFB8FB8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5065 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E4D2247" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2B9E26C4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4028B1A5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6D420790" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7433D517" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00661D74"/>
-    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
+    <w:p w14:paraId="192921C4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A0118D2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7722081A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F9DC926" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="133AB2D0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DEAA0B7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D246D70" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00E83974">
+      <w:pPr>
+        <w:ind w:left="-1260" w:firstLine="1260"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007F5980" w:rsidSect="00E83974">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="360" w:right="850" w:bottom="1134" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A67057C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1640D4B0"/>
+    <w:lvl w:ilvl="0" w:tplc="0F20C25E">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C2359B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8AF44A56"/>
+    <w:lvl w:ilvl="0" w:tplc="771C1100">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FDD1082"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="711A7ED6"/>
+    <w:lvl w:ilvl="0" w:tplc="771C1100">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1657149666">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1542939285">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="263072159">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00810274"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00610314"/>
+    <w:rsidRoot w:val="00062A72"/>
+    <w:rsid w:val="00062A72"/>
+    <w:rsid w:val="00097C41"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="00661D74"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00BD4594"/>
+    <w:rsid w:val="008D4AB6"/>
+    <w:rsid w:val="00972AEC"/>
+    <w:rsid w:val="00A43D40"/>
+    <w:rsid w:val="00BF3705"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00D27933"/>
-    <w:rsid w:val="00FC2BE5"/>
+    <w:rsid w:val="00E83974"/>
+    <w:rsid w:val="00EA5B36"/>
+    <w:rsid w:val="00ED2471"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="49D32B1C"/>
-  <w15:docId w15:val="{742EB240-2314-454F-841B-F8F2AEA233F3}"/>
+  <w14:docId w14:val="1442B8DF"/>
+  <w15:docId w15:val="{F04EC788-4BFC-4C23-A253-A2FCD3973102}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10494,199 +10042,248 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00E83974"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA5B36"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00661D74"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E83974"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E83974"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FC2BE5"/>
+    <w:rsid w:val="00EA5B36"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FC2BE5"/>
+    <w:rsid w:val="00EA5B36"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00EA5B36"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1462966294">
+    <w:div w:id="1001158521">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1715694845">
+    <w:div w:id="1283266022">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1470589614">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1563178290">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10930,90 +10527,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1825</Words>
-  <Characters>10408</Characters>
+  <Words>1898</Words>
+  <Characters>10823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12209</CharactersWithSpaces>
+  <CharactersWithSpaces>12696</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>