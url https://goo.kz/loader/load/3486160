--- v0 (2025-12-06)
+++ v1 (2026-01-13)
@@ -1,14249 +1,10587 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
+    <w:p w14:paraId="2AA53478" w14:textId="1E1E0400" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының</w:t>
+        <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  жалпы орта білім беру мектебі» КММ  </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00055671" w:rsidP="00036FAE">
+    <w:p w14:paraId="1EDAA594" w14:textId="56AD902F" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="002A173A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C6463">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">қазақ және </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">истории с казахским и </w:t>
+      </w:r>
+      <w:r w:rsidR="003C6463">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русским  языками </w:t>
+      </w:r>
+      <w:r w:rsidR="002A173A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">ұғалімі лауазымына </w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучения </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
+    <w:p w14:paraId="450EEB44" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10440" w:type="dxa"/>
-        <w:tblInd w:w="-432" w:type="dxa"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="505"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5039"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00407673" w:rsidTr="00642E67">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="549DE2B5" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="68647B00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="71CF8D08" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...46 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="009A4F01">
+          <w:p w14:paraId="42626A89" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve">бликасы, Павлодар облысы, </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-              <w:t>346</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidTr="00642E67">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="4DC4CCA1" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="480F2AE5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="08ED77AD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">  нөмірлері</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="1914CB37" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>182) 60-73-13</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00407673" w:rsidTr="00642E67">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="3E43C3F6" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="11EB198D" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="034000A1" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> пошта</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00407673" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
-            <w:pPr>
+          <w:p w14:paraId="4964E220" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00635CEC" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:u w:val="single"/>
-[...12 lines deleted...]
-              <w:t> sosh21@goo.edu.kz</w:t>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00055671" w:rsidTr="00642E67">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="0C43283E" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="48C19925" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="461D060B" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
-[...5 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="627DB986" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00055671" w:rsidTr="00642E67">
-[...369 lines deleted...]
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00055671" w:rsidTr="00642E67">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="7323D186" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="076B8ED8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4453B069" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A391F9" w14:textId="50627BE9" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="007F5353" w:rsidP="003C6463">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="003C6463">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>истории с казахским и</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> русским </w:t>
+            </w:r>
+            <w:r w:rsidR="003C6463">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>языками</w:t>
+            </w:r>
+            <w:r w:rsidR="002A173A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C6463">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="002A173A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="751FDA24" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4029FA3D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2571DA0B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC69058" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B9C4A39" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25D846C6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="45A231A9" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="62008A77" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49CCECF1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55AAC11A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12BEDD56" w14:textId="526A01AC" w:rsidR="00661D74" w:rsidRPr="00C356D6" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5353">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F3DEC62" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее образование (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+              <w:t xml:space="preserve"> 177766</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="13A72238" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A57F3DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B334C77" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A09295B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C843D68" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2834A536" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06B2C7C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="61967CA0" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD87AAA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>7</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="44E687B3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00055671" w:rsidP="003174BF">
+          <w:p w14:paraId="5AF0C3DB" w14:textId="109C2CA9" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="007F5353" w:rsidP="00A81D9B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">орыс сыныптарында </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.08 </w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> сағат </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 31</w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08</w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidTr="00642E67">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="316F96BE" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="6537FEAF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="30326361" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
-            <w:pPr>
+          <w:p w14:paraId="181B57FB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C0B068E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0775A3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>- жоғары білім (min): 177766 теңге</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F38D862" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D236A4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="158701FB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7763A9D6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="457764A9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="105D9338" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70E58D6E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00055671" w:rsidTr="00642E67">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0065625B" w:rsidRPr="00B3089F" w14:paraId="6F3D5D8B" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="20F6D283" w14:textId="77777777" w:rsidR="0065625B" w:rsidRDefault="0065625B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>8</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+          <w:p w14:paraId="37F6BD1D" w14:textId="77777777" w:rsidR="0065625B" w:rsidRDefault="0065625B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>Бос лауазымның атауы</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC1CCFE" w14:textId="77777777" w:rsidR="0065625B" w:rsidRDefault="0065625B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00036FAE" w:rsidRPr="001F3D7C" w:rsidRDefault="00055671" w:rsidP="003174BF">
+          <w:p w14:paraId="2BD0403E" w14:textId="77777777" w:rsidR="0065625B" w:rsidRDefault="0065625B" w:rsidP="007F5353">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...67 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00055671" w:rsidTr="00642E67">
-[...2561 lines deleted...]
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00642E67">
+    </w:tbl>
+    <w:p w14:paraId="203A813A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="5A29118F" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5401" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w14:paraId="7F7C5EEA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5039" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w14:paraId="615236D5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A0E8516" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A147290" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7BC26C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FDE8759" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36FB1A34" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...269 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="74937E87" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5969EA3E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4C2743" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378B0DE8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="6CA14B94" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="02DD65DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="0299240E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="4808E7FB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="18B8702F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B46B66" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02892E55" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="63C3132C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="4DC363D7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BDA0C51" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571757C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358ED9F6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444C9174" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="4874D5DF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453DB7D5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
-[...158 lines deleted...]
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="6BC24ED4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="1856FCCD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="5C2CF998" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="4470341B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="1F8BBB44" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="4E9BCFCE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="4A800334" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="2C07B4EA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="7B6ED0BD" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w14:paraId="3EB43260" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w14:paraId="21FD5DA6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FFE7BCE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...15 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w14:paraId="30E040CA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w14:paraId="26224CA4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CE2FF75" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...23 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="1C750F3B" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="654AED6D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="068357BA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="77C927F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="7B0F7E81" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="51D6015B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="19FEDF5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...93 lines deleted...]
-        <w:t>):_____________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="61CBF4C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687AA27A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="43B80BE5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="06AD2769" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-        <w:t>:_____________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="3BCDAB1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...55 lines deleted...]
-        <w:t>:_________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="5C29FAFB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="518E56A9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="5C9F6550" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="69FE98AF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...110 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="67345D9E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="5EF873C0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="7C7D8887" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...77 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="76EBA5F1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="4949F4FA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
-[...8 lines deleted...]
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="35480059" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264234E5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F3F182" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D84EA89" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F26493B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AD456DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1554D9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1064C647" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
-[...34 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="09F36A7C" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w14:paraId="0517432D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00635CEC">
-[...8 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          </w:p>
+          <w:p w14:paraId="6878BD5B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w14:paraId="7B054C1C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1545B846" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EBB10B3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="597C7081" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15F4D7A9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D023D37" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="5A48C221" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="344C56D6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...154 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
-[...96 lines deleted...]
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="6FAC2A54" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE0C982" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="3A0152DC" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w14:paraId="5C9F56C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67D09589" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48059E08" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8C7D03" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA4A958" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>№</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="5A9FE983" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD49D1C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7A9C172E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="51324203" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...48 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="101B4223" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C4F26A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E947ABE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41358146" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...32 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3CAD2CE4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00055671" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="443BB179" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43CE39C1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="598A81EB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31A70849" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF5B248" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FC56539" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12C9194C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47DC2711" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D38254" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="10D844B8" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41144A72" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4278C8F0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2EC16AA4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D24EC0B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C80535D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="020AE9CF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77B86790" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7869F673" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1420835B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5BEAFD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6752B6D6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B3D2228" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23544062" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7236C026" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="397655C3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BC4D94F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19D15968" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F5FBCFB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66E1A69F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79C21FDD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="274D5606" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CE9FE04" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C2D77E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28D1AFCD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F5219B3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BB0B3C7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24EDCBA3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51A9E6BC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E058ED0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3644BD92" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06295532" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AB619C1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370702F7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23098F54" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40CC5BF0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AEFD888" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E52CB25" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29484075" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53DD7F33" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7365B84B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="205BFD40" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="040F383A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56ECB07B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="513B4D5A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B135A66" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="607FD9B0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23CF1EAA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD81E8C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D18C2F2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09FB687A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CE3CA65" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19D82F67" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="159F4A6D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF7006E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="4F929DC5" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="53D108A1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...19 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="1544F4C3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="116EA260" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...38 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5C5805EE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37E8591F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...148 lines deleted...]
-              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
+          <w:p w14:paraId="67AFD60C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FB377C1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03060873" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="197ED562" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31CCCD86" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18F54BA6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1563DB1A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="32D925F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="4582A479" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="46BB6003" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="1D5F3DF1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...19 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="69D7FAC6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...27 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="1DBC6EED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60F82A46" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...102 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B7AB7C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...55 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DE8A91B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="01AC2E8E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00055671" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="73B4BBEA" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3FEC9A37" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72E4FBCE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="559D0725" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0427F348" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BACC6A9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E4DE907" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DF1B51F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBE183E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="1816E2D0" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="779A0574" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="6AD0204F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...12 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="4D746990" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="0602A4B0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E74B294" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00635CEC">
-[...1974 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="4DF3ABE9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="29D93899" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="4107FEE2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...37 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="6AC9FC37" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61DDBB32" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...36 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...264 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="126358B0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084E2485" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38DBA7DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="5DC35679" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="66997D0F" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0D5D1ADB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="47DBEBCC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...95 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5AF1B957" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06601C58" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="302C185D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">1 </w:t>
+          <w:p w14:paraId="26AF6AB3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="329D105F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E89E0F5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A87E5AE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A831368" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="418C7CC2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> медали «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> 3 </w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-              <w:t>жылға</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">3 </w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> = 3</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="459B019B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="7DEBB72D" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="295F9BEA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="53ED3653" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...95 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="4E49F195" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...69 lines deleted...]
-              <w:t>директор = 5 балл</w:t>
+          <w:p w14:paraId="05C5BC65" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DD92B50" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F5F4D83" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="662D964B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="51A986BA" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="56DF23D2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="496E0D79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1E07C129" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A8A1272" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...52 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...19 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="0DF25D02" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E6D50B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2387CD22" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BD5456E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...102 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FD549A7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24776A74" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="143BB55E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="2B836E0E" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6FA27485" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="465D022F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-              <w:t>Алдыңғы</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...132 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w14:paraId="7929A641" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DDBFC01" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5F9DE4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E38DA0A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1611A3E7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...19 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="3DC9888B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77881C1A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...175 lines deleted...]
-              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="3BAB08F5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="18D299C8" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...13 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="6C21DAC3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="69D25636" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
-[...2354 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="45423AB2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="62623C56" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w14:paraId="6DB18F4C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
-[...14 lines deleted...]
-    <w:sectPr w:rsidR="00642E67" w:rsidSect="00642E67">
+    <w:p w14:paraId="4FD35191" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="003C6463" w:rsidP="00661D74"/>
+    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="539" w:right="850" w:bottom="1134" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D81C5D"/>
-[...7 lines deleted...]
-    <w:rsid w:val="0049107F"/>
+    <w:rsidRoot w:val="00810274"/>
+    <w:rsid w:val="002A173A"/>
+    <w:rsid w:val="003C6463"/>
+    <w:rsid w:val="00442B6F"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="00642E67"/>
-    <w:rsid w:val="009A4F01"/>
+    <w:rsid w:val="0065625B"/>
+    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="007F5353"/>
+    <w:rsid w:val="00810274"/>
+    <w:rsid w:val="0086592A"/>
+    <w:rsid w:val="00A81D9B"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00D81C5D"/>
-    <w:rsid w:val="00F948EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{7BE26AFE-CFD8-4F10-AA72-596E0A694D9F}"/>
+  <w14:docId w14:val="37CD31B6"/>
+  <w15:docId w15:val="{A989BADD-83B6-458F-8B25-8AB67A4CBBE0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14596,120 +10934,120 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00661D74"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="530844431">
+    <w:div w:id="1980064321">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -14979,69 +11317,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1896</Words>
-  <Characters>10813</Characters>
+  <Words>1761</Words>
+  <Characters>10038</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12684</CharactersWithSpaces>
+  <CharactersWithSpaces>11776</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>