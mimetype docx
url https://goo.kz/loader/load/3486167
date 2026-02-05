--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -1,10541 +1,21861 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00524A98">
+    <w:p w:rsidR="006C552C" w:rsidRDefault="00AD13F2" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C552C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы білім беру бөлімінің «Кенжекөл ауылының №20 сәбилер бақшасы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D70D9E" w:rsidRDefault="0077753E" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КП</w:t>
+        <w:t>тәрбиеші</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00904660">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ясли-сад</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D70D9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>лауазымына</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>с</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.К</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>енжеколь</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">» объявляет конкурс </w:t>
+        <w:t>конкурс жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00524A98">
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
-        <w:pStyle w:val="2"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...12 lines deleted...]
-        <w:rPr>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7890"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="6858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="0077753E" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="004B4A7F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное казенное предприятие «Ясли-сад № 20 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD13F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кенжекөл ауылының </w:t>
+            </w:r>
+            <w:r w:rsidR="00073030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№ 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәбилер бақшасы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004B4A7F" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КМҚК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="0077753E" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00073030">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140008, Республика Казахстан, Павлодарская область,</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4B1E" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>город Павлодар, село Кенжеколь ,ул.Токина 3</w:t>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00073030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кенжекөл ауылы,Токин көшесі 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 35-29-02,35-29-06</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00073030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 35-29-02,35-29-06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A3365C" w:rsidRDefault="00A3365C" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Sad20@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="005920F2" w:rsidRDefault="00173A55" w:rsidP="00F87663">
+          <w:p w:rsidR="008E7665" w:rsidRPr="0077753E" w:rsidRDefault="0077753E" w:rsidP="003F0600">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005920F2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0077753E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Воспитатель с государственным языком обучения,  </w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="a4"/>
+              <w:t>тәрбиеші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1,25 ставки</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="0077753E" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004B4A7F" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балалардың өмірі мен денсаулығын қорғауды қам</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тамасыз етеді, оларды тәрбиелеу </w:t>
+            </w:r>
+            <w:r w:rsidR="004B4A7F" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен оқытуда денсаулық сақтау технологияларын қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік жалпыға міндетті білім беру ста</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ндартының талаптарына, мектепке </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейінгі тәрбие мен оқытудың үлгілік оқу жоспа</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рына сәйкес ұйымдастырылған оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметінің кестесіне сәйкес педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>икалық процесті жүзеге асырады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>режимдік сәттерді (таңертеңгі қабылдау, таңертең</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">гі гимнастика, күн ішінде тамақ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ішу, балалар іс-әрекетін (ойын, шығармашылық, таным</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дық, қозғалыс, бейнелеу, еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>эксперименттік, дербес және өзге), серуендеуді,</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> күндізгі ұйқыны, жеке жұмысты, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сауықтыру іс-шараларын ұйымдастырады және өткі</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зеді, заттық-дамытушылық ортаны құрады) басқарады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балалармен жұмыс жасауда тұлғаға бағы</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тталған тәсілді жүзеге асырады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата-аналарға консультациялық көмекті жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="0077753E" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0077753E" w:rsidRPr="0077753E" w:rsidRDefault="0077753E" w:rsidP="0077753E">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 88394теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="0077753E" w:rsidRDefault="0077753E" w:rsidP="0077753E">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0077753E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>): 104766теңге</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidTr="00DC10A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="007F5406">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...71 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...5 lines deleted...]
-              <w:t>общеобязательный</w:t>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімнемесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>техникалықжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...86 lines deleted...]
-              <w:t xml:space="preserve"> пищи в течени</w:t>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ілім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтіліне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылмайды</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...8 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;ж</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...104 lines deleted...]
-              <w:t>группы</w:t>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымтәрбиешісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшыүшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 5жыл</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...5 lines deleted...]
-              <w:t>;п</w:t>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;ж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...74 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әне (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымныңтәрбиеші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>; педагог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="007F5406">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...5 lines deleted...]
-              <w:t>обучения детей дошкольного возраста.</w:t>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00173A55">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00173A55">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00173A55">
-            <w:pPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00073030" w:rsidP="00A40329">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...48 lines deleted...]
-              <w:rPr>
+              <w:t>26.08-02</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...21 lines deleted...]
-              <w:t>):  104766тенге</w:t>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="0077753E" w:rsidTr="004B4A7F">
+        <w:trPr>
+          <w:trHeight w:val="6222"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...21 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00932150" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...47 lines deleted...]
-              <w:t>менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет; и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>осымша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D478D0" w:rsidRPr="007F5406" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="007F5406" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>4</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="007F5406" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="007F5406" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...652 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...219 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...9 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00CA5174" w:rsidTr="00CA5174">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
-[...72 lines deleted...]
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
-[...37 lines deleted...]
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
-[...20 lines deleted...]
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
-[...7 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2060"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2599"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00086C97">
+      <w:tr w:rsidR="00CA5174" w:rsidTr="00CA5174">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00086C97">
+      <w:tr w:rsidR="00CA5174" w:rsidTr="00CA5174">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_____________</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00CA5174">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="004B4A7F" w:rsidRPr="00CA5174" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...15 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...15 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...15 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...67 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRPr="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-893" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00F7191E" w:rsidTr="0022363D">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00F7191E" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00F7191E" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00F7191E" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>назначения на должности,</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00F7191E" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00F7191E" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00F7191E" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRPr="000F7F2D" w:rsidRDefault="00F4409C" w:rsidP="00F4409C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRPr="001B695E" w:rsidRDefault="00F4409C" w:rsidP="00F4409C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRPr="00C75E82" w:rsidRDefault="00F4409C" w:rsidP="00F4409C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>жағдайда</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA65A2">
-[...2 lines deleted...]
-          <w:b/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRPr="00DF4A7D" w:rsidRDefault="00F4409C" w:rsidP="00F4409C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
-        <w:tblInd w:w="-946" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00854F32" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00854F32" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="0077753E" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>О</w:t>
-[...4 lines deleted...]
-                <w:b/>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...5 lines deleted...]
-              <w:t>Техническое</w:t>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...8 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>дистанционное</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+            </w:pPr>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00904660" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="000F5AB2" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA65A2">
-[...8 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA65A2">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00DF4A7D" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00DF4A7D" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00DF4A7D" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00DF4A7D" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...51 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> до </w:t>
-[...1499 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00EF1FD6" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
         <w:trPr>
-          <w:trHeight w:val="1367"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...48 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...22 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педаго</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>г-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...38 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t>от 10 и более = 3 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әкімшілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...38 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...34 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-              <w:t>(при осуществлении трудовой деятельности)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болмаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA65A2">
-[...8 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">медаль </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...5 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="0077753E" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00415A88" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00415A88" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...18 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00415A88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415A88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>– 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="00415A88" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...20 lines deleted...]
-              <w:t>полиязычия</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көптілділі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA65A2">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA65A2">
-[...17 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...29 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...37 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...24 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...6 lines deleted...]
-              <w:t>обучение по программам</w:t>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ба</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DA65A2">
-[...15 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НЗМ ПШО, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Өрлеу</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...30 lines deleted...]
-              <w:t>0,5 балла (каждый отдельно)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidTr="00DA65A2">
+      <w:tr w:rsidR="00F4409C" w:rsidRPr="00610B31" w:rsidTr="0022363D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="000F5AB2" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
+          <w:p w:rsidR="00F4409C" w:rsidRPr="000F5AB2" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>83</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA65A2" w:rsidRPr="00DA65A2" w:rsidRDefault="00DA65A2" w:rsidP="00086C97">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00F4409C" w:rsidRPr="006F7468" w:rsidRDefault="00F4409C" w:rsidP="0022363D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A2DA0" w:rsidRPr="00DA65A2" w:rsidRDefault="005920F2">
+    <w:p w:rsidR="00F4409C" w:rsidRPr="001B695E" w:rsidRDefault="00F4409C" w:rsidP="00F4409C">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="002A2DA0" w:rsidRPr="00DA65A2">
+    <w:p w:rsidR="00F4409C" w:rsidRPr="001B695E" w:rsidRDefault="00F4409C" w:rsidP="00F4409C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F4409C" w:rsidRDefault="00F4409C" w:rsidP="00F4409C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidRDefault="00CA5174" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CA5174" w:rsidRPr="00CA5174" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000E785D"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00F87663"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="00073030"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="003546B9"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0600"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B4A7F"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006C552C"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="0077753E"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F5406"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855F75"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00904660"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A3365C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40329"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD13F2"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CA5174"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA04BE"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F4409C"/>
+    <w:rsid w:val="00F44BF5"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -10642,178 +21962,228 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DA65A2"/>
-[...22 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00DA65A2"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-    <w:name w:val="Заголовок 2 Знак"/>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00524A98"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00173A55"/>
+    <w:rsid w:val="0077753E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00173A55"/>
+    <w:rsid w:val="0077753E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -10920,207 +22290,309 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DA65A2"/>
-[...22 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00DA65A2"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-    <w:name w:val="Заголовок 2 Знак"/>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00524A98"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00173A55"/>
+    <w:rsid w:val="0077753E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00173A55"/>
+    <w:rsid w:val="0077753E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="604652992">
+    <w:div w:id="108202560">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1494562638">
+    <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="903832013">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1598758251">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11154,86 +22626,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -11364,59 +22834,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14141FD4-096B-4805-888E-3198B8E2C108}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1935</Words>
-  <Characters>11033</Characters>
+  <Words>1788</Words>
+  <Characters>10192</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12943</CharactersWithSpaces>
+  <CharactersWithSpaces>11957</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>