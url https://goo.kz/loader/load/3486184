--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -14,426 +14,546 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00262E1E" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B57A73" w:rsidRPr="000036E2" w:rsidRDefault="00B57A73" w:rsidP="00B57A73">
+    <w:p w:rsidR="00262E1E" w:rsidRPr="004149C7" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результаты конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00262E1E" w:rsidRPr="004149C7" w:rsidRDefault="00262E1E" w:rsidP="00470ECD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на занятие вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3797">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учителя начальных классов, математики, НВТП, психолога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B57A73" w:rsidRPr="000036E2" w:rsidRDefault="00B57A73" w:rsidP="00B57A73">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000036E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 41 дене шынықтыру-сауықтыру бағытындағы жалпы орта білім беру бейіндік мектебі» </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>КГУ «Средняя общеобразовательная профильная школа № 41 города Павлодара с физкультурно – оздоровительной направленностью» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00262E1E" w:rsidRDefault="00262E1E" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00262E1E" w:rsidRPr="00B96DFF" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с отсутствием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидатов, участвующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подавших документы)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3797">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя начальных классов, математики, </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3797">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НВТП, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="007C3797">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психолога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> признается несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004149C7" w:rsidRPr="00262E1E" w:rsidRDefault="004149C7" w:rsidP="00262E1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094391B" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00262E1E" w:rsidRPr="004149C7" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...113 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004149C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...73 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00262E1E" w:rsidRPr="004149C7" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004149C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурстық комиссияның</w:t>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00736D97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B57A73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мукушева А.Н.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00262E1E" w:rsidRPr="004149C7" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004149C7">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00262E1E" w:rsidRPr="004149C7" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
+    <w:p w:rsidR="00262E1E" w:rsidRPr="004149C7" w:rsidRDefault="007C3797" w:rsidP="00262E1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57A73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00262E1E" w:rsidRPr="004149C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2022 жыл</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005A5821">
+        <w:t>августа</w:t>
+      </w:r>
+      <w:r w:rsidR="00262E1E" w:rsidRPr="004149C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...41 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00262E1E" w:rsidRPr="004149C7" w:rsidRDefault="00262E1E" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00262E1E" w:rsidRPr="004149C7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -560,67 +680,67 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
     <w:rsid w:val="00001A89"/>
     <w:rsid w:val="000036E2"/>
     <w:rsid w:val="00262E1E"/>
     <w:rsid w:val="004149C7"/>
-    <w:rsid w:val="005A5821"/>
+    <w:rsid w:val="00470ECD"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="00736D97"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="0078651A"/>
     <w:rsid w:val="00794310"/>
+    <w:rsid w:val="007C3797"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="0090705F"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="009D0100"/>
     <w:rsid w:val="00B57A73"/>
     <w:rsid w:val="00B96DFF"/>
-    <w:rsid w:val="00C14892"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00D55296"/>
-    <w:rsid w:val="00E571EA"/>
+    <w:rsid w:val="00F30F23"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1360,69 +1480,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>99</Words>
-  <Characters>570</Characters>
+  <Words>90</Words>
+  <Characters>516</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>668</CharactersWithSpaces>
+  <CharactersWithSpaces>605</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>