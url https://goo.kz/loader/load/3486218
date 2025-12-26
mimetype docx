--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -2,1633 +2,1890 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="197F5316" w14:textId="77777777" w:rsidR="00AF7A2A" w:rsidRPr="00B00AEE" w:rsidRDefault="00AF7A2A" w:rsidP="00AF7A2A">
+    <w:p w14:paraId="1348941F" w14:textId="05558916" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...82 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Мектеп директоры тәрбие ісі жөніндегі орынбасары </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B00AEE">
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="000514AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B00AEE">
+        </w:rPr>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>конкурс жариялайды</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 </w:t>
-[...11 lines deleted...]
-        <w:t>бос орын)</w:t>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62671A57" w14:textId="29A77D51" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="62671A57" w14:textId="67B46543" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00611988">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заместителя директора по воспитательной работе</w:t>
+      </w:r>
+      <w:r w:rsidR="00791F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(1 вакансия</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6EBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="390"/>
         <w:gridCol w:w="2372"/>
-        <w:gridCol w:w="7551"/>
+        <w:gridCol w:w="7552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="002C5D6F" w14:paraId="4D17E431" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="4D17E431" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="286A5479" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="286A5479" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="123769C5" w14:textId="7DD5BD32" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="123769C5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...6 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72E16CCD" w14:textId="0BC81F47" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00B3084A">
+          <w:p w14:paraId="72E16CCD" w14:textId="5502B390" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00DF7B58" w:rsidP="00B3084A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 33 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3084A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>общеобразовательная школа № 33</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w14:paraId="2987E5F6" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="2987E5F6" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2899FF0C" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="2899FF0C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36DA41A2" w14:textId="1764A0DD" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="36DA41A2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...4 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E14A842" w14:textId="0A7C0F5C" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="000514AB">
+          <w:p w14:paraId="6E14A842" w14:textId="572D6EE0" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="000514AB" w:rsidP="000514AB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140015, Қазақстан Республикасы, Павлодар облысы,                                Павлодар қаласы, Ленин кенті, Макаренко к., 14</w:t>
+              <w:t>140015</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> город Павлодар, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п. Ленинский ,</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Макаренко</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w14:paraId="7EECCE9F" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="7EECCE9F" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5D8DDD1E" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="5D8DDD1E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26689E11" w14:textId="5466046D" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="26689E11" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1684C7AC" w14:textId="68C4B8CA" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="0044022F">
+          <w:p w14:paraId="1684C7AC" w14:textId="32029FFC" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="0044022F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 33-71-54</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000514AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33-71-54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w14:paraId="71F30606" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="71F30606" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5DBFB25B" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="5DBFB25B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2A2BFF" w14:textId="5DF20C80" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="1E2A2BFF" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...4 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E68E6E" w14:textId="29D672A7" w:rsidR="002C5D6F" w:rsidRPr="00774DBC" w:rsidRDefault="002C5D6F" w:rsidP="000514AB">
+          <w:p w14:paraId="52E68E6E" w14:textId="65688348" w:rsidR="00CB6B4F" w:rsidRPr="00774DBC" w:rsidRDefault="000514AB" w:rsidP="000514AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Sosh33@goo.edu.kz</w:t>
+              <w:t>Sosh33</w:t>
+            </w:r>
+            <w:r w:rsidR="00774DBC" w:rsidRPr="00774DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="00DF6FAD" w14:paraId="0C8CBF37" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="0C8CBF37" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="133AFBE2" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="133AFBE2" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58DDCF90" w14:textId="4E399A07" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="58DDCF90" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C5D6F">
-[...4 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5070A592" w14:textId="09C42257" w:rsidR="002C5D6F" w:rsidRPr="002E5E80" w:rsidRDefault="00DF6FAD" w:rsidP="00DF6FAD">
+          <w:p w14:paraId="5070A592" w14:textId="3996FD08" w:rsidR="004F2A50" w:rsidRPr="002E5E80" w:rsidRDefault="004F075A" w:rsidP="007547EC">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF6FAD">
-[...23 lines deleted...]
-            <w:r w:rsidR="002C5D6F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, 1 </w:t>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F075A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директора по воспитательной работе</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жүктеме</w:t>
+              <w:t>, 1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w14:paraId="54054911" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="54054911" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0E90470C" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="0E90470C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50025553" w14:textId="23FDD6E0" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="50025553" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...4 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D912CE0" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="005F0110" w:rsidRDefault="002C5D6F" w:rsidP="005F0110">
+          <w:p w14:paraId="0A0FDFE1" w14:textId="5BBDA498" w:rsidR="008C26A1" w:rsidRPr="008C26A1" w:rsidRDefault="008C26A1" w:rsidP="008C26A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F0110">
+            <w:r w:rsidRPr="008C26A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымдарында тәрбие процесін ұйымдастыруды жүзеге асырады.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="45739213" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="005F0110" w:rsidRDefault="002C5D6F" w:rsidP="005F0110">
+              <w:t>Осуществляет организацию воспитательного процесса в организациях образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33633CB9" w14:textId="2CB107E9" w:rsidR="008C26A1" w:rsidRPr="008C26A1" w:rsidRDefault="008C26A1" w:rsidP="008C26A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F0110">
+            <w:r w:rsidRPr="008C26A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Тәрбие жұмысын ұйымдастыру жөнінде жоспарлар мен іс-шаралардың әзірленуін, кәсіби бағдар беру жұмыстарының ағымдағы және стратегиялық жоспарлануын қамтамасыз етеді, олардың орындалуына бақылау жасайды.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7DB7B0C0" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="005F0110" w:rsidRDefault="002C5D6F" w:rsidP="005F0110">
+              <w:t>Обеспечивает разработку планов и мероприятий по организации воспитательной работы, текущее и стратегическое планирование профориентационной работы, осуществл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>яет контроль за их реализацией.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C26A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Координирует деятельность классных руководител</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ей, воспитателей,библиотекарей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C26A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,преподавателей дополнительного образования физкультурно-оздоровительного и художеств</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енно-эстетического направления.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C26A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проводит анализ воспитательной работы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34CDBE2B" w14:textId="011D4A72" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="008C26A1" w:rsidP="008C26A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F0110">
+            <w:r w:rsidRPr="008C26A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сынып жетекшілерінің, тәрбиешілердің, кітапханашылардың, дене тәрбиесі сауықтыру</w:t>
-[...82 lines deleted...]
-              <w:t>Тәрбие жұмысына талдау жасайды.</w:t>
+              <w:t>Организует работу по разработке методической документации по воспитательной работе, осуществляет систематический контроль за качеством воспитательного процесса, за индивидуальной работой с обучающимися с особыми образовательными потребностями и с детьми девиантного поведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w14:paraId="33C1CB9F" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="33C1CB9F" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="69D0FC05" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="69D0FC05" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11614CC5" w14:textId="2E02E3FD" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="11614CC5" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...4 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCAEC32" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="5CCAEC32" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3591C1BA" w14:textId="52A6C6E2" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00611988">
+          <w:p w14:paraId="3591C1BA" w14:textId="52A6C6E2" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00611988">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- высшее образование (min): </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="002C000D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>160 000</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00611988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="002C000D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0 000</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="005F0110" w14:paraId="36B5A5D6" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="36B5A5D6" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CAD5E71" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="2CAD5E71" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="049C3B05" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="0043093E" w:rsidRDefault="002C5D6F" w:rsidP="00D724DD">
+          <w:p w14:paraId="120CDA10" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00DD085B" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...7 lines deleted...]
-          <w:p w14:paraId="12165675" w14:textId="7890DCF8" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12165675" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...4 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5284A496" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="005F0110" w:rsidRDefault="002C5D6F" w:rsidP="005F0110">
+          <w:p w14:paraId="6CCA99C2" w14:textId="77777777" w:rsidR="006F4EF4" w:rsidRPr="006F4EF4" w:rsidRDefault="006F4EF4" w:rsidP="006F4EF4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F0110">
+            <w:r w:rsidRPr="006F4EF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе тиісті бейін бойынша кәсіптік білім білім беру саласындағы жұмыс өтілі соңғы 5 жылдан кем емес;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="45AAEE07" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="005F0110" w:rsidRDefault="002C5D6F" w:rsidP="005F0110">
+              <w:t>высшее и (или) послевузовское педагогическое образование, или иное высшее и (или) послевузовское профессиональное образование по соответствующему профилю и стаж работы в организациях образования не менее 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CD73269" w14:textId="33799D1D" w:rsidR="0067048D" w:rsidRPr="00874A59" w:rsidRDefault="006F4EF4" w:rsidP="006F4EF4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F0110">
+            <w:r w:rsidRPr="006F4EF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-            </w:r>
+              <w:t>и (или) наличие квалификации "руководитель" (без категории) "руководитель третьей категории", "руководитель второй категории", "руководитель первой категории ".</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w14:paraId="7F2ED3A6" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="7F2ED3A6" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71A7C55A" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="71A7C55A" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4AF9E4" w14:textId="687A1219" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="4C4AF9E4" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...4 lines deleted...]
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="736184C1" w14:textId="4C089A97" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="009009AD">
+          <w:p w14:paraId="736184C1" w14:textId="4C089A97" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="009009AD" w:rsidP="009009AD">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD085B">
+            <w:r w:rsidR="00F42727" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
+            <w:r w:rsidR="000514AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+              <w:t>07</w:t>
+            </w:r>
+            <w:r w:rsidR="009743F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00774DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>07.09</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="00466DDF" w14:paraId="24B2DE58" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="24B2DE58" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="427A8B1B" w14:textId="77777777" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="427A8B1B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="723751C3" w14:textId="7F75E089" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="723751C3" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...4 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DFC47B9" w14:textId="77777777" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+          <w:p w14:paraId="4F48A691" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00466DDF">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="52588F59" w14:textId="77777777" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="312AE4EA" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00466DDF">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="2A802F03" w14:textId="77777777" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="559CAF7C" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00466DDF">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="12984C3A" w14:textId="77777777" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77051703" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00466DDF">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="77B10124" w14:textId="77777777" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1950CEAB" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00466DDF">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5C85CB7F" w14:textId="77777777" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C154445" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00466DDF">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="13DCA613" w14:textId="77777777" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66E8F636" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00466DDF">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="12DBDFB3" w14:textId="77777777" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="123A6C15" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00466DDF">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1821A3BB" w14:textId="77777777" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66511BC5" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00466DDF">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4F48A691" w14:textId="07E6366E" w:rsidR="00466DDF" w:rsidRPr="00466DDF" w:rsidRDefault="00466DDF" w:rsidP="00466DDF">
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50A352F8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00466DDF">
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...36 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w14:paraId="60B099EF" w14:textId="77777777" w:rsidTr="002C5D6F">
+      <w:tr w:rsidR="00ED4666" w:rsidRPr="00DD085B" w14:paraId="60B099EF" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4262DD" w14:textId="720E57F0" w:rsidR="002C5D6F" w:rsidRPr="00DD085B" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="5B4262DD" w14:textId="720E57F0" w:rsidR="00ED4666" w:rsidRPr="00DD085B" w:rsidRDefault="00ED4666" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD7B053" w14:textId="36A8498D" w:rsidR="002C5D6F" w:rsidRPr="007A1471" w:rsidRDefault="002C5D6F" w:rsidP="00321427">
+          <w:p w14:paraId="1F707CC1" w14:textId="1356D021" w:rsidR="00ED4666" w:rsidRPr="007A1471" w:rsidRDefault="005760EC" w:rsidP="00ED4666">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A1471">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок  </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED4666" w:rsidRPr="007A1471">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вакантной должности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD7B053" w14:textId="77777777" w:rsidR="00ED4666" w:rsidRPr="007A1471" w:rsidRDefault="00ED4666" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043093E">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1994132E" w14:textId="711A78F1" w:rsidR="002C5D6F" w:rsidRPr="007A1471" w:rsidRDefault="002C5D6F" w:rsidP="004F2A50">
+          <w:p w14:paraId="4FEA8B5C" w14:textId="11D2EB72" w:rsidR="00ED4666" w:rsidRPr="007A1471" w:rsidRDefault="001D27E8" w:rsidP="00ED4666">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>неопределенный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1994132E" w14:textId="77777777" w:rsidR="00ED4666" w:rsidRPr="007A1471" w:rsidRDefault="00ED4666" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D089F2C" w14:textId="77777777" w:rsidR="00774DBC" w:rsidRDefault="00774DBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4ECF4695" w14:textId="77777777" w:rsidR="00774DBC" w:rsidRDefault="00774DBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10890,51 +11147,50 @@
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="0029406B"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C000D"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
-    <w:rsid w:val="002C5D6F"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D585E"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E5E80"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
@@ -10974,51 +11230,50 @@
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="0044022F"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="00466DDF"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F075A"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
@@ -11047,51 +11302,50 @@
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A4310"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D6EBB"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
-    <w:rsid w:val="005F0110"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="00611988"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="0067048D"/>
@@ -11260,51 +11514,50 @@
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF7A2A"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3084A"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
@@ -11370,51 +11623,50 @@
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD085B"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF6FAD"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
@@ -12458,78 +12710,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{305EE4EA-50D8-4E07-8BFE-DCDF83A3DC7A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40136626-A4F4-44F2-837D-1D1ADE0DC228}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1708</Words>
-  <Characters>9737</Characters>
+  <Words>1783</Words>
+  <Characters>10165</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11423</CharactersWithSpaces>
+  <CharactersWithSpaces>11925</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>