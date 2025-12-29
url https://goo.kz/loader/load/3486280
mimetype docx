--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -142,77 +142,89 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00B00AEE" w:rsidRPr="00BF3775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D70D9E" w:rsidRPr="00BF3775" w:rsidRDefault="00A813A8" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00D70D9E" w:rsidRPr="00BF3775" w:rsidRDefault="000855F8" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Оқу ісі </w:t>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="00A813A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ісі </w:t>
       </w:r>
       <w:r w:rsidR="00416760" w:rsidRPr="00BF3775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>жөніндегі мектеп басшысының орынбасары</w:t>
       </w:r>
       <w:r w:rsidR="00EA19C9" w:rsidRPr="00BF3775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -275,51 +287,51 @@
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="514"/>
         <w:gridCol w:w="2765"/>
         <w:gridCol w:w="6858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00C15EC1" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00540A70" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -758,51 +770,51 @@
             </w:r>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
             <w:r w:rsidR="004E0CB3" w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00C15EC1" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00540A70" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
@@ -826,119 +838,131 @@
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="00540A70" w:rsidP="00A813A8">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқу ісі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003A4CEB" w:rsidRPr="00BF3775">
+              <w:t>Тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidR="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve"> ісі</w:t>
+            </w:r>
+            <w:r w:rsidR="003A4CEB" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> жөніндегі мектеп басшысының орынбасары</w:t>
             </w:r>
             <w:r w:rsidR="00864371" w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">,  </w:t>
             </w:r>
             <w:r w:rsidR="000E626D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00192A37" w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00C15EC1" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00540A70" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -969,51 +993,85 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім беру ұйымы (жалпы орта) басшысының (директорының) оқу </w:t>
+              <w:t xml:space="preserve">Білім беру ұйымы (жалпы орта) басшысының (директорының) </w:t>
+            </w:r>
+            <w:r w:rsidR="00540A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="00540A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ісі</w:t>
             </w:r>
             <w:r w:rsidRPr="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> жөніндегі орынбасары</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
@@ -1139,51 +1197,63 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>      педагогтердің қысқа мерзімді жоспарларын тексереді;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>      мемлекеттік жалпыға міндетті білім беру стандарты шеңберінде білім беру процесінің сапасын және білімді игеру нәтижелерін бағалаудың объективтілігін бақылауды жүзеге асырады;</w:t>
+              <w:t>      мемлекеттік жалпыға міндетті білім беру стандарты шеңберінде білім беру процесінің сапасын және білімді игеру нәтижелерін бағалаудың объективтілігін бақыл</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ауды жүзеге асырады;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>      ағымдағы және қорытынды аттестаттауды өткізуді ұйымдастыру бойынша жұмысты жүзеге асырады;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
             <w:pPr>
@@ -1531,310 +1601,310 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>      білім алушылар, тәрбиеленушілер, педагогтар және басқа да қызметкерлер арасында сыбайлас жемқорлыққа қарсы мәдениетті, академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z83"/>
+            <w:bookmarkStart w:id="2" w:name="z83"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Білуге тиіс: </w:t>
-            </w:r>
-[...167 lines deleted...]
-              <w:t>Біліктілікке қойылатын талаптар:</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="2"/>
           <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve">       Қазақстан Республикасының Конституциясы, Қазақстан Республикасының Еңбек Кодексі, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы", "Қазақстан Республикасындағы тіл туралы" Заңдары және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын өзге де нормативтік құқықтық актілер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      педагогика және психология негіздері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      мемлекеттік жалпыға міндетті білім беру стандарты, үлгілік оқу бағдарламалары, үлгілік оқу жоспарлары, педагогикалық ғылым мен практиканың жетістіктері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      педагогикалық этиканың нормалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      менеджмент, қаржы-шаруашылық қызмет негіздері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидалары, санитариялық қағидалар мен нормалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z84"/>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біліктілікке қойылатын талаптар:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A813A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>      жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе педагогикалық қайта даярлауды растайтын құжат, педагогикалық жұмыс өтілі кемінде 3 жыл;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A813A8" w:rsidRPr="00A813A8" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>      және (немесе) білім беру ұйымының "үшінші біліктілік санатты басшысының орынбасары" немесе "екінші біліктілік санатты басшысының орынбасары" немесе "бірінші біліктілік санатты басшысының орынбасары" біліктілік санатының болуы не "педагог – сарапшы" біліктілігінің болуы немесе "педагог – зерттеуші" немесе "педагог – шебер" біліктілігінің болуы.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EA19C9" w:rsidRPr="00C15EC1" w:rsidRDefault="00A813A8" w:rsidP="00A813A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A813A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00C15EC1" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00540A70" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1887,51 +1957,51 @@
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008E7665" w:rsidRPr="00497B2F" w:rsidRDefault="008E7665" w:rsidP="00EA19C9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00C15EC1" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00540A70" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -2172,66 +2242,64 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>09.0</w:t>
             </w:r>
             <w:r w:rsidR="00C15EC1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00C15EC1" w:rsidTr="00F420DB">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00540A70" w:rsidTr="00F420DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -3558,86 +3626,137 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t>Мемлекеттік білім беру</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бірінші </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>басшылары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -3951,51 +4070,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">конкурс </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жариялаған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мемлекеттік </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>орган</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4088,51 +4227,91 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>кандидаттың</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Т.А.Ә. (болған жағдайда), ЖСН </w:t>
+        <w:t xml:space="preserve"> Т.А.Ә. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), ЖСН </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="00D02874">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -4176,51 +4355,71 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>  (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>лауазымы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, жұмыс </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>орны</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="00D02874">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4344,71 +4543,111 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>жері</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, тіркелген </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>мекенжайы</w:t>
+        <w:t>тіркелген</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, байланыс телефоны</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="00D02874">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z229"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
@@ -4498,51 +4737,71 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>орналасуға</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> арналған </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>конкурсқа</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4694,51 +4953,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> білім беру </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ұйымдарының</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4886,51 +5165,91 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Қазіргі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> уақытта жұмыс істеймін_____________________________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> істеймін_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="00D02874">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -5115,51 +5434,71 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Өзім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> туралы </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>мынадай</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5244,58 +5583,69 @@
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4011" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Оқу </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>орнының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5348,51 +5698,71 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Диплом бойынша </w:t>
+              <w:t xml:space="preserve">Диплом </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>мамандығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidTr="00D02874">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4011" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -5494,302 +5864,582 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="00D02874">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Біліктілік </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>санатының</w:t>
+        <w:t>Біліктілік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> болуы (</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>берген</w:t>
+        <w:t>санатының</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>растаған</w:t>
+        <w:t>болуы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">) күні):____________________________ </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">       Педагогикалық жұмыс </w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>өтілі</w:t>
+        <w:t>берген</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">:________________________________________________ </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">       Келесі жұмыс </w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>нәтижелерім</w:t>
+        <w:t>растаған</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бар:_____________________________________________ </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Наградалары</w:t>
+        <w:t>күні</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">):____________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>атақтары</w:t>
+        <w:t>Педагогикалық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, дәрежесі, ғылыми дәрежесі, ғылыми </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>атағы</w:t>
+        <w:t>жұмыс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>сондай-ақ</w:t>
+        <w:t>өтілі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қосымша </w:t>
+        <w:t xml:space="preserve">:________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>мәліметтері</w:t>
+        <w:t>Келесі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (болған жағдайда) </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар:_____________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00A35FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ъ</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>      _________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00A35FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -6072,86 +6722,137 @@
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t>Мемлекеттік білім беру</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бірінші </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>басшылары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -6395,117 +7096,161 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z231"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Педагогтің</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бос немесе </w:t>
+        <w:t xml:space="preserve"> бос </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>уақытша</w:t>
+        <w:t>немесе</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бос </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>лауазымына</w:t>
+        <w:t>уақытша</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> бос </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>кандидаттың</w:t>
+        <w:t>лауазымына</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бағалау </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>парағ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="009E305F" w:rsidRPr="009E305F" w:rsidRDefault="009E305F" w:rsidP="009E305F">
       <w:pPr>
@@ -6978,173 +7723,235 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Техникалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>кәсіптік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Жоғары </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>күндізгі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">жоғары </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>сырттай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қашықтықтан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оқыту = 2</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жоғары білім туралы үздік диплом = 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7221,79 +8028,101 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ғылыми / </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>академиялық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дәрежесі</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -7326,51 +8155,91 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Магистр немесе жоғары </w:t>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>білімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> бар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7421,58 +8290,69 @@
               </w:rPr>
               <w:t>докторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ғылым </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>докторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -7572,58 +8452,89 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ұлттық біліктілік </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тестілеуі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -7668,94 +8579,134 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Педагог" біліктілік </w:t>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Мазмұны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бойынша:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50-ден 60-қа дейін = 0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
@@ -7827,51 +8778,91 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30-дан 40-қа дейін = 0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
@@ -7932,1200 +8923,1880 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60-тан 70-ке дейін = 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Педагог-модератор" біліктілік </w:t>
+              <w:t xml:space="preserve">"Педагог-модератор" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Мазмұны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бойынша:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін = 0 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін = 3 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=6 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">80-ден 90 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=7 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">40-тан 50 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=2 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=2 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=3 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Педагог-сарапшы" біліктілік </w:t>
+              <w:t>"Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Мазмұны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бойынша:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=7 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">80-нен 90 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=8 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">40-тан 50 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=3 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=5 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"Педагог-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>зерттеуші</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">" біліктілік </w:t>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Мазмұны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бойынша:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін- 5 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=8 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">80-нен 90 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=9 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=9 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">40 - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
@@ -9142,174 +10813,254 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 50 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=5 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін=6 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"Педагог-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>шебер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">" біліктілік </w:t>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9404,51 +11155,71 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Біліктілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>/Санаты.</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9805,212 +11576,363 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қызметін </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>алмастыратын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> құжат</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 жылдан 3 </w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жылға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін = 1</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 жылдан 5 </w:t>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жылға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін = 1,5</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 жылдан 10 </w:t>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жылға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін = 2</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10 жылдан және одан артық = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -10105,51 +12027,111 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және әдістемелік қызмет </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тәжірибесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -10206,72 +12188,103 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қызметін </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>алмастыратын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> құжат</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -10436,51 +12449,71 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Жұмысқа</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> алғаш </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>кіріскен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10508,117 +12541,170 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Білім туралы </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>дипломға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қосымша</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t>Педагогикалық/</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>кәсіптік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> практика </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10765,91 +12851,191 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Алдыңғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жұмыс </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>орнынан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ұсыныс хат (</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қызметін жүзеге асыру кезінде)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кезінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10876,160 +13062,293 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Оң ұсыныс </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>хаттың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> болуы = 3 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ұсыныс хат </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>болмаған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жағдайда – минус 3 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Теріс ұсыныс </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>хаттың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> болуы = минус 5 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11085,58 +13404,69 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Кәсіби </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жетістіктердің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11162,51 +13492,71 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- білім </w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>алушылардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11282,92 +13632,132 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>грамоталары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ғылыми </w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жобалары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- мұғалімдер мен </w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>олимпиадалар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11588,92 +13978,132 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Үздік педагог" </w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>конкурсының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Үздік педагог" </w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>конкурсының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11956,51 +14386,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жұмыстар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жарияланымдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -12066,51 +14516,111 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>оқулықтардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және (немесе) ОӘК авторы немесе </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тең</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> авторы – 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -12167,51 +14677,111 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>оқулықтардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және (немесе) ОӘК авторы немесе </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тең</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> авторы</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -12268,92 +14838,143 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>енгізілген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ғылыми-зерттеу </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қызметі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бойынша </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жарияланымның</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> болуы</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -12416,72 +15037,83 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Қоғамдық</w:t>
-[...9 lines deleted...]
-              <w:t>-</w:t>
+              <w:t>Қоғамдық-</w:t>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>педагогикалық қызмет</w:t>
-            </w:r>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -12518,52 +15150,83 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>көптілділікті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жүзеге асыру</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -12614,58 +15277,69 @@
               </w:rPr>
               <w:t>жетекшілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> -1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57C7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">кәсіби-педагогикалық </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қауымдастық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12714,92 +15388,212 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Шетел</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">/орыс, </w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>шетел</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>/қазақ – 3 балл</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 тілде оқыту (қазақ, орыс, </w:t>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>шетел</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -12944,51 +15738,71 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- пәндік </w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>дайындық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -13181,112 +15995,203 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">-да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>бағдарламалау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> негіздері", "</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>", "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Microsoft</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">-пен жұмыс </w:t>
+              <w:t xml:space="preserve">-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>істеуді</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оқыту" </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>бағдарламалары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бойынша оқыту</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -13384,51 +16289,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 0,5 балл (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>әрқайсысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жеке)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -13589,50 +16514,51 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
@@ -14301,50 +17227,51 @@
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
+    <w:rsid w:val="000855F8"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E626D"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
@@ -14508,50 +17435,51 @@
     <w:rsid w:val="00497B2F"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E0CB3"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00540A70"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
@@ -15235,58 +18163,65 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
@@ -15537,58 +18472,65 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
@@ -15905,79 +18847,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC26D2F3-CB47-4D4B-BD40-90175EF2AA0A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A15D373-995B-4904-9EC7-A949681BE590}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2110</Words>
-  <Characters>12032</Characters>
+  <Words>2112</Words>
+  <Characters>12039</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>100</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14114</CharactersWithSpaces>
+  <CharactersWithSpaces>14123</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>