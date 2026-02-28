--- v0 (2025-12-06)
+++ v1 (2026-02-28)
@@ -1,1552 +1,2153 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="13464C1F" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="7711782E" w14:textId="27534683" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">облысы </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">КГКП </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы, Павлодар қаласының б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім беру бөлімінің «Павлодар қаласының №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 сәбилер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-Мектепке дейінгі экоцентр орталығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743C6216" w14:textId="003ADD4C" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00FB2D2B" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс </w:t>
+      </w:r>
+      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілінде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиешінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8BDD0E" w14:textId="5443F91A" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ашық конкурс жариялайды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FAC2DB0" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B619D58" w14:textId="17FBE013" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="004432C8" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-0</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="005C1EC1">
-[...8 lines deleted...]
-    <w:p w14:paraId="197B144D" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-2022 </w:t>
+      </w:r>
+      <w:r w:rsidR="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580EEF5D" w14:textId="77777777" w:rsidR="006B3221" w:rsidRPr="006B3221" w:rsidRDefault="00847505" w:rsidP="006B3221">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:t>«Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаласының №</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГКП </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3, телефон 8 (7812) 63-23-46; эл.почта: </w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бақшасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:t>» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:t xml:space="preserve"> Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Камзин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:t xml:space="preserve">; эл.почта: </w:t>
+      </w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C69F46" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="010F08B5" w14:textId="06A737A8" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="0063071E" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балабақша қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азақ және орыс тілдерінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38CDBE14" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4801D331" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     және (немесе) біліктілігінің жоғары деңгейі болған кезде педагог-модератор және педагог-сарапшы үшін мектепке дейінгі ұйымның тәрбиешісі лауазымындағы жұмыс өтілі кемінде 2 жыл, педагог-зерттеуші кемінде 3 жыл, педагог-шебер лауазымында кемінде 5 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090FE083" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     және (немесе) біліктілігінің орта деңгейі болған кезде мектепке дейінгі ұйым тәрбиешісі лауазымындағы жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл, педагог – сарапшы үшін-кемінде 3 жыл, педагог-зерттеуші үшін-кемінде 4 жыл.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4124AFAC" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіби </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37742829" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаты жоқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E357C17" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1309"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог» біліктілігіне қойылатын жалпы талаптарға жауап беруі тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E67E55" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік бағдарламаның мазмұны мен құрылымын білу, мектепке дейінгі тәрбие мен оқыту әдістемесін меңгеру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79896601" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     жас ерекшеліктерін ескере отырып, тәрбиелеу мен оқытуда жеке көзқарасты жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271B407B" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      перспективтік жоспар мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>циклограмма әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B857BEF" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     тәрбиеленушілердің мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартында көзделген деңгейден төмен емес білім, білік және дағдыларды алуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF06414" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     ата-аналармен немесе олардың орнындағы адамдармен байланысты жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633C2E74" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік жұмысқа қатысу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CEF428" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     балалардың, оның ішінде ерекше білім беру қажеттіліктері бар балалардың дамуына диагностика жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C79581C" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     білім беру ұйымы деңгейіндегі іс-шараларға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7635D8C6" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     кәсіби-педагогикалық диалог дағдыларын меңгеру, сандық білім беру ресурстарын қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634F2CB0" w14:textId="77777777" w:rsidR="0063071E" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лауазымдық міндеттер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACA2363" w14:textId="0217BA35" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалардың өмірі мен денсаулығын қорғауды қамтамасыз етеді, оларды тәрбиелеу мен оқытуда </w:t>
+      </w:r>
+      <w:r w:rsidR="0063071E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енсаулық сақтау технологияларын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BC3F65" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талаптарына, жас тобының үлгілік оқу жоспарына сәйкес ұйымдастырылған оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны құрады, балалар қызметіне (ойын, танымдық, қозғалыс, бейнелеу, еңбек) басшылық етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD8C288" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Балалармен жұмыс жасауда тұлғаға бағытталған тәсілді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25ABC821" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     Дамуында ауытқулары бар балалармен түзету қызметі саласындағы мамандарға көмек көрсетеді, жалпы білім беретін оқу бағдарламаларын, оқу-әдістемелік әдебиетті зерделеу негізінде және топ балаларының жеке білім беру қажеттіліктерін ескере отырып, тәрбие-білім беру жұмысын жоспарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2962F8" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Қол жеткізілген нәтижелерді талдау негізінде білім беру қызметін жобалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C69AC9" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Мектепке түсу кезінде тең бастапқы мүмкіндіктерді қамтамасыз ету үшін ерекше білім беру қажеттіліктері бар балаларды және әдетте дамып келе жатқан балаларды бірлесіп тәрбиелеу және оқыту жағдайында әлеуметтендіруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2CF0ED" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Мамандардың ұсынымдарын ескере отырып, ерекше білім берілуіне қажеттілігі бар әрбір балаға жеке қарауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D23A11F" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Отандық және шетелдік тәжірибені зерттеу негізінде үздік тәжірибелерді зерделеумен, жинақтаумен, таратумен және енгізумен айналысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE8E0C0" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Мектепке дейінгі жастағы балаларды тәрбиелеу және оқыту мәселелері бойынша ата-аналарға консультациялық көмекті жүзеге асырады. Балалардың құқықтары мен мүдделерін қорғайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63031252" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Білім беру процесінің барлық субъектілерінің, оның ішінде балалар отбасының қатысуымен ұйымда «құндылықтарға негізделген білім беру» тұжырымдамасын енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E2B533" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Білуі тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Қазақстан Республикасының Конституциясы, Қазақстан Республикасының Еңбек Кодексі, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңдары және Қазақстан Республикасының білім беруді дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4E1E1A" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     психология және педагогика, дәрігерге дейінгі алғашқы медициналық көмек көрсету қағидалары, еңбек қауіпсіздігі және еңбекті қорғау жөніндегі қағидалар, санитариялық қағидалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E5843E" w14:textId="6F7246EF" w:rsidR="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     мектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E183E5B" w14:textId="623210D2" w:rsidR="0063071E" w:rsidRPr="00F46677" w:rsidRDefault="0063071E" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46677">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиешінің еңбек ақысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8F2961" w14:textId="595AE808" w:rsidR="006B3221" w:rsidRDefault="00F46677" w:rsidP="006B3221">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арнаулы-орта</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">92695–103618 </w:t>
+      </w:r>
+      <w:r w:rsidR="006B3221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тенге (біліктілік санаты болмаса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3341C8" w14:textId="0F847139" w:rsidR="006B3221" w:rsidRDefault="006B3221" w:rsidP="006B3221">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(модератор-педагог,эксперт педагог,зерттеуші-педагог,шебер-педагог).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9607DA" w14:textId="77777777" w:rsidR="00F46677" w:rsidRDefault="00F46677" w:rsidP="00F46677">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46677">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиешінің еңбек ақысы</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50FBF863" w14:textId="52A49780" w:rsidR="0063071E" w:rsidRDefault="0063071E" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары білім-98024-116872 тенге (біліктілік санаты болмаса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F54E763" w14:textId="06A9A2A3" w:rsidR="0063071E" w:rsidRPr="00847505" w:rsidRDefault="0063071E" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(модератор-педагог,эксперт педагог,зерттеуші-педагог,шебер-педагог).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0F0C3A" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E54CE68" w14:textId="5B96B3F6" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды «Павлодар қаласы №</w:t>
+      </w:r>
+      <w:r w:rsidR="0063071E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 сәбилер-бақшасы-Мектепке дейінгі экоцентр орталығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidR="0063071E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камзин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidR="0063071E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167F549C" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDD9CA5" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CF33B8" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CFFE227" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F93B082" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE749DC" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17096693" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушысының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB0CD5F" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC3A9A7" w14:textId="3F82D0DD" w:rsidR="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189388BA" w14:textId="1BD05CED" w:rsidR="0063071E" w:rsidRPr="00847505" w:rsidRDefault="0063071E" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       9) тубдиспансер</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымынан анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505033F9" w14:textId="5EC81EB0" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00AE63E4" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10</w:t>
+      </w:r>
+      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ҰБС) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE6BC29" w14:textId="39E3D4F5" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00AE63E4" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...776 lines deleted...]
-    <w:p w14:paraId="3997BF09" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11</w:t>
+      </w:r>
+      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) тәрбиешінің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CD4F87" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179C4C91" w14:textId="77777777" w:rsidR="006B3221" w:rsidRPr="006B3221" w:rsidRDefault="00847505" w:rsidP="006B3221">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847505">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ақпаратты нақтылау үшін байланыс телефондары және электрондық мекенжайлары: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:t xml:space="preserve">8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE63E4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE63E4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE63E4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>46;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...178 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>электрон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у с</w:t>
-[...103 lines deleted...]
-      <w:r>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847505">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3F4752" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
-[...21 lines deleted...]
-    <w:p w14:paraId="7B9364D0" w14:textId="608F768C" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="7AC3C3C7" w14:textId="0D5BD8E4" w:rsidR="00847505" w:rsidRDefault="00847505" w:rsidP="00AE63E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DAD51A3" w14:textId="3D21BF12" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="52ABDBBF" w14:textId="261A0FCC" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="50DCBDAE" w14:textId="06C9205D" w:rsidR="00847505" w:rsidRPr="006B3221" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="38065937" w14:textId="66995451" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="23449041" w14:textId="185EC583" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="06CBF967" w14:textId="5A2B8A7B" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="536C7503" w14:textId="02D1D640" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="471506C7" w14:textId="0CB1DC9C" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="1E690EC3" w14:textId="3F680A42" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="155E6164" w14:textId="60CB03E1" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="6760C4AC" w14:textId="0665F6F2" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="10BF4A14" w14:textId="77777777" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:sectPr w:rsidR="00847505" w:rsidSect="009563CF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -1679,64 +2280,64 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00843E0B"/>
+    <w:rsid w:val="0029784F"/>
     <w:rsid w:val="002B1916"/>
+    <w:rsid w:val="004432C8"/>
     <w:rsid w:val="005C1EC1"/>
     <w:rsid w:val="0063071E"/>
     <w:rsid w:val="006B3221"/>
     <w:rsid w:val="006F3372"/>
     <w:rsid w:val="00843E0B"/>
     <w:rsid w:val="00847505"/>
     <w:rsid w:val="009563CF"/>
     <w:rsid w:val="00A74238"/>
     <w:rsid w:val="00AE63E4"/>
     <w:rsid w:val="00B0200E"/>
     <w:rsid w:val="00D45172"/>
-    <w:rsid w:val="00E92449"/>
-    <w:rsid w:val="00F40288"/>
     <w:rsid w:val="00F46677"/>
     <w:rsid w:val="00FB2D2B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2523,81 +3124,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96F902BF-87E6-4A4F-AF2A-96BFD1AF879F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58DC6194-EAA1-40F9-998F-398BF76FFB58}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6239</Characters>
+  <Pages>3</Pages>
+  <Words>1090</Words>
+  <Characters>6213</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7319</CharactersWithSpaces>
+  <CharactersWithSpaces>7289</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>