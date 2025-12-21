--- v0 (2025-12-05)
+++ v1 (2025-12-21)
@@ -1,9612 +1,17142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A40329" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="00B00AEE" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...39 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">города </w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B00AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t>Павлодара</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="006427D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу-өндірістік комбинаты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidR="00B00AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A40329" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w:rsidR="00D70D9E" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...28 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>а</w:t>
+        <w:t xml:space="preserve">мемлекеттік тілде оқытатын </w:t>
       </w:r>
-      <w:r w:rsidR="00E938D5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="006427D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>а</w:t>
+        <w:t>педагог-психолог</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00D70D9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> с государственным языком обучения </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A40329" w:rsidRPr="004F2A50" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w:rsidR="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10550" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7890"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="7035"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidTr="00A40329">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00E13C68" w:rsidTr="00E13C68">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="7035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00E938D5">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="006427D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Учебно-производственный комбинат</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> города Павлодара»</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу-өндірістік комбинаты</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidTr="00A40329">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidTr="00E13C68">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="7035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00E938D5">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="006427D1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
-            <w:r w:rsidR="00E938D5" w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006427D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лермонтова</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Лермонтов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> көшесі, </w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidTr="00A40329">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidTr="00E13C68">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="7035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00E938D5">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="006427D1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (7182) </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="008C61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00932150" w:rsidRPr="008C61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00E938D5" w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006427D1" w:rsidRPr="008C61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...17 lines deleted...]
-              <w:t>80</w:t>
+              <w:t>20-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidTr="00A40329">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidTr="00E13C68">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="7035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00E938D5" w:rsidP="003F542B">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="006427D1" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>upk2</w:t>
             </w:r>
-            <w:r w:rsidR="00A40329" w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>goo</w:t>
             </w:r>
-            <w:r w:rsidR="00A40329" w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="003F542B" w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidTr="00A40329">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00E938D5" w:rsidTr="00E13C68">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="7035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="003F542B" w:rsidP="00596BD6">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="008C61C1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік тілде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> с государственным языком обучения,  </w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:t>педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ставка</w:t>
+              <w:t>1 ст</w:t>
+            </w:r>
+            <w:r w:rsidR="008C61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidTr="00A40329">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00E13C68" w:rsidTr="00E13C68">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="7035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00025F80" w:rsidRDefault="008E7665" w:rsidP="006427D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қала мектептерінің оқушыларын</w:t>
+            </w:r>
+            <w:r w:rsidR="00A60BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кәсіптік бағдар</w:t>
+            </w:r>
+            <w:r w:rsidR="00A60BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша жұмысты ұйымдастыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00025F80" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00914CFA" w:rsidRPr="008C602A">
-[...38 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="00CE5AFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби диагностикасын өткізу, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A60BBB" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кәсіптік бағдар мәселелері бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушылар үшін экскурсиялар</w:t>
+            </w:r>
+            <w:r w:rsidR="00A60BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, викториналар</w:t>
+            </w:r>
+            <w:r w:rsidR="00A60BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A60BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сайыстарды</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, дөңгелек үстелдер</w:t>
+            </w:r>
+            <w:r w:rsidR="00A60BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ді</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, акциялар</w:t>
+            </w:r>
+            <w:r w:rsidR="00A60BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, кәсіби оқу орындарының өкілдерімен және т.б. кездесулерді ұйымдастыру, </w:t>
+            </w:r>
+            <w:r w:rsidR="00025F80" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушыларға, ата-аналарға, мұғалімдерге (жеке және топтық) кеңес беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00025F80">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00025F80" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="00025F80" w:rsidRPr="00025F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әсіптік бағдар беру мәселелерінде Жастар орталықтарымен, оқу орындарымен және басқа да ұйымдармен ынтымақтасу, баспа қызметін (кітапшалар, анықтамалар және т. б.)ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidTr="00E13C68">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB5787">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="008C61C1" w:rsidRPr="00786CF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">113101,53 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="008C61C1" w:rsidRPr="00786CF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">139673,58 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00E13C68" w:rsidTr="00E13C68">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C75E82" w:rsidRPr="00163E2F" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...87 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> издательской деятельности (брошюры, справочники и т.д.)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C75E82" w:rsidRPr="00163E2F" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00C75E82" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidTr="00A40329">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidTr="00E13C68">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="7035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
-            <w:pPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00A40329" w:rsidRDefault="00A40329" w:rsidP="008C61C1">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
-[...18 lines deleted...]
-                <w:bCs/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="008C61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- среднее спе</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>циальное образование( min): 113101,53</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге;</w:t>
-[...8 lines deleted...]
-                <w:bCs/>
+              <w:t>9-1</w:t>
+            </w:r>
+            <w:r w:rsidR="008C61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- высшее образование (min): 139673,58</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="006427D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге</w:t>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidTr="00A40329">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00E13C68" w:rsidTr="00E13C68">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...20 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="7035" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="00163E2F" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00163E2F" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00163E2F" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00163E2F" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үлгілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00163E2F" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00163E2F" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілгеннысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00163E2F" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00163E2F" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00163E2F" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00706315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidTr="00A40329">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D478D0" w:rsidRPr="00BA4B1E" w:rsidTr="00E13C68">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00BA4B1E" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00BA4B1E" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7890" w:type="dxa"/>
+            <w:tcW w:w="7035" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="008C602A" w:rsidRDefault="00A40329" w:rsidP="00340BB2">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="006427D1" w:rsidRDefault="006427D1" w:rsidP="00B0496E">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C602A">
-[...730 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00452A41" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w:rsidR="002360FD" w:rsidRDefault="002360FD" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...16 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00E13C68" w:rsidTr="00791BA4">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00DC10A3" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00F7191E" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00F7191E" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00DC10A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00F7191E" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00F7191E" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:t>қағидаларына10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00F7191E" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="00437A2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...15 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00F7191E" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>государственный орган, объявивший конкурс</w:t>
+        <w:t xml:space="preserve">конкурс </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00F7191E" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B00AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+        <w:t>лауазымы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...15 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
-[...88 lines deleted...]
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00B00AEE" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00B00AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00C75E82" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00C75E82" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>Мені</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="004D07D1" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00C75E82" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...7 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңіздісұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="004D07D1" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="004D07D1" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00C424F6" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="004D07D1" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00DF4A7D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="004D07D1" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00C424F6" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...5 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="004D07D1" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00437A2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00B00AEE" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00C75E82" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00C75E82" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00E13C68" w:rsidTr="00791BA4">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
-[...4 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебногозаведения</w:t>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Периодобучения</w:t>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...3 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00E13C68" w:rsidTr="00791BA4">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00791BA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00B00AEE" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="00790B31" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00B00AEE" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="0053507A" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="0053507A" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="0053507A" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="0053507A" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00DF4A7D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00DF4A7D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00DF4A7D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00B00AEE" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00DF4A7D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00452A41" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00452A41" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00DF4A7D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00437A2D" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00C424F6" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C68" w:rsidRPr="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00E13C68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_____________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»_______________   ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t>олы</w:t>
       </w:r>
-    </w:p>
-[...276 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E13C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...161 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="001B695E" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00E13C68" w:rsidRDefault="00E13C68" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="00F7191E" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00F7191E" w:rsidTr="00791BA4">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00F7191E" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00F7191E" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="007C3AFB" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00F7191E" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3AFB">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00F7191E" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="007C3AFB" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00F7191E" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3AFB">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00F7191E" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3AFB">
+              <w:t>қағидаларына1</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="007C3AFB" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00F7191E" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00156D89" w:rsidRDefault="00156D89" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="007C3AFB" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00B34450" w:rsidRPr="00B34450" w:rsidRDefault="00B34450" w:rsidP="00B34450">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B772A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C3AFB">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34450">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>______________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="008C602A">
+    <w:p w:rsidR="00B34450" w:rsidRPr="00B34450" w:rsidRDefault="00B34450" w:rsidP="00B34450">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B695E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34450" w:rsidRPr="00B34450" w:rsidRDefault="00B34450" w:rsidP="00B34450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>от 1 до 20)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>О</w:t>
-[...4 lines deleted...]
-                <w:b/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>Техническое</w:t>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пт</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="00304B28" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Педагог-модератор» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="00304B28" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 - тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="00304B28" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...558 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
         <w:trPr>
-          <w:trHeight w:val="1367"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...29 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...22 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педаго</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>г-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...39 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...12 lines deleted...]
-              <w:t>от 10 и более = 3 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әкімшілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...39 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдіскер=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орынбасары=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...25 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-              <w:t>(при осуществлении трудовой деятельности)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болмаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...31 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>медаль «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» – 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00304B28" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="00304B28" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...41 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...20 lines deleted...]
-              <w:t>полиязычия</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...9 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...17 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...29 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...37 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...24 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, «Python-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>», «</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004B772A">
-[...6 lines deleted...]
-              <w:t>обучение по программам</w:t>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004B772A">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>курсы =0,5 балла (каждый отдельно)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidTr="00791BA4">
+      <w:tr w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidTr="00791BA4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00304B28" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="00304B28" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B401EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>83</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C602A" w:rsidRPr="004B772A" w:rsidRDefault="008C602A" w:rsidP="00791BA4">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00B34450" w:rsidRPr="00B401EA" w:rsidRDefault="00B34450" w:rsidP="00791BA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C602A" w:rsidRPr="001B695E" w:rsidRDefault="008C602A" w:rsidP="00F7191E">
+    <w:p w:rsidR="00B34450" w:rsidRPr="001B695E" w:rsidRDefault="00B34450" w:rsidP="00B34450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008C602A" w:rsidRPr="001B695E" w:rsidSect="008C602A">
+    <w:p w:rsidR="00B34450" w:rsidRPr="00156D89" w:rsidRDefault="00B34450" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B34450" w:rsidRPr="00156D89" w:rsidSect="00E13C68">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="424" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="566" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -10300,51 +17830,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="00025F80"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00035878"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
@@ -10356,50 +17886,51 @@
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="00156D89"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="00163E2F"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B1864"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
@@ -10620,50 +18151,51 @@
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E19D5"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706315"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00766570"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="007746AF"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="0078637F"/>
     <w:rsid w:val="00786CF5"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
@@ -10688,64 +18220,64 @@
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00885E7A"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C209E"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C602A"/>
     <w:rsid w:val="008C61C1"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="009123A0"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="00914CFA"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A6DF4"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
@@ -10778,76 +18310,77 @@
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A60BBB"/>
     <w:rsid w:val="00A6421E"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE44EE"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B34450"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
-    <w:rsid w:val="00B9182E"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF3DEB"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
@@ -10897,50 +18430,51 @@
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E13C68"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E938D5"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
@@ -11325,50 +18859,63 @@
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1036076188">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -11666,66 +19213,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{599A8DFD-388B-4F81-8F7F-C9C70229537B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1757</Words>
-  <Characters>10021</Characters>
+  <Words>1685</Words>
+  <Characters>9606</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11755</CharactersWithSpaces>
+  <CharactersWithSpaces>11269</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>