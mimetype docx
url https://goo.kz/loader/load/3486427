--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -1,977 +1,1289 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
-      <w:pPr>
+    <w:p w:rsidR="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C0865">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00241304">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidR="00241304">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының № 122 мектепке дейінгі гимназиясы» КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidR="00241304" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRDefault="00241304" w:rsidP="00241304">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">вакантную должность воспитателя </w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәрбиешінің </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRPr="00124F76" w:rsidRDefault="00241304" w:rsidP="00241304">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тағайындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="009C0865" w:rsidRDefault="009C0865" w:rsidP="009C0865">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRDefault="00241304" w:rsidP="009C0865">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRDefault="00241304" w:rsidP="009C0865">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRPr="00175527" w:rsidRDefault="00241304" w:rsidP="00241304">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының № 122 мектепке дейінгі гимназиясы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпаев көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8(7182)- 32-04-16; эл.почта: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>pavlodar122@mail.r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRDefault="00241304" w:rsidP="00241304">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі гимназиясы қазақ тілінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00803CB1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14B81">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRPr="00241304" w:rsidRDefault="00241304" w:rsidP="00241304">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2012  жылғы 21 ақпандағы  «Мемлекеттік білім беру ұйымдарының педагог лауазымына орналасуға конкурс өткізу тәртібі туралы» бұйрығы негізінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRPr="00241304" w:rsidRDefault="00241304" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Біліктілік талаптары: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>    тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Балалардың денсаулығын сақтау мен қорғау қызметін қамтамасыз етеді: тәрбиеші қызметінің денсаулық сақтау функциясын атқарады. Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына, жас ерекшелік топтарының үлгілік оқыту жоспары бойынша оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны қалыптастырады, балалардың шығармашылығына (ойындық, танымдық, қозғалыс, көркемөнер, еңбекке баулу және т.б.) жетекшілік етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Балалармен жұмыс істеу кезінде жекелей және бағыттық жағынан қарайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Тәрбиелеудің инновациялық технологиясын және оқытудың отандық және шетелдік ғылыми-зерттеу жұмыстарының, авторлық шығармалардың негізінде педагогикалық қызметтің жаңа бағыттарын зерделеумен және оны жұмыс барысында қолданумен шұғылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ата-аналардың мектепке дейінгі бала тәрбиесі мен оқыту барысында туындаған сұрақтарына жауап беріп, көмек көрсетеді. Балалардың құқықтары мен қызығушылықтарын қорғайды. Компьютерлік сауаттылықты және ақпараттық-коммуникациялық құзыреттілікті жақсы меңгереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақының мөлшері тәрбиешілерге  еңбек өтіліне </w:t>
+      </w:r>
+      <w:r w:rsidR="00E76F36" w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, біліміне байланысты  121000 -1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1F55" w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000 теңгеге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 1)осы Қағидаларға </w:t>
+      </w:r>
+      <w:r w:rsidR="00241304" w:rsidRPr="00241304">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00241304" w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V1200007495" \l "z228" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00241304" w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00241304" w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 2) жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="00241304" w:rsidRPr="00241304">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00864084">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00241304" w:rsidRPr="00241304">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00241304" w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r w:rsidR="00241304" w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бекітілген нысан бойынша денсаулық жағдайы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...15 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  9) соттылығының жоқ екендігі туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 10) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0865" w:rsidRPr="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 11) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған  бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRPr="00AF1F55" w:rsidRDefault="00241304" w:rsidP="009C0865">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00241304" w:rsidRPr="00D3649F" w:rsidRDefault="00241304" w:rsidP="00241304">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00864084">
-[...266 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00864084">
-[...4 lines deleted...]
-        <w:t>здоровьесберегающие</w:t>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00864084">
-[...72 lines deleted...]
-        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует </w:t>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00864084">
-[...4 lines deleted...]
-        <w:t>воспитательно</w:t>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00864084">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">      Проектирует </w:t>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00864084">
-[...4 lines deleted...]
-        <w:t>воспитательно</w:t>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>және</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00864084">
-[...140 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...110 lines deleted...]
-    <w:sectPr w:rsidR="00864084" w:rsidRPr="00864084">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00803CB1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182)- 32-04-16</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pavlodar122@mail.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D35A63" w:rsidRPr="00CE0A36" w:rsidRDefault="009C0865" w:rsidP="002C3414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C0865">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D35A63" w:rsidRPr="00CE0A36" w:rsidSect="002C3414">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00595523"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00864084"/>
+    <w:rsidRoot w:val="009C0865"/>
+    <w:rsid w:val="001275D6"/>
+    <w:rsid w:val="00241304"/>
+    <w:rsid w:val="002C3414"/>
+    <w:rsid w:val="0041167C"/>
+    <w:rsid w:val="00536A51"/>
+    <w:rsid w:val="009C0865"/>
+    <w:rsid w:val="00AF1F55"/>
+    <w:rsid w:val="00B77E3E"/>
+    <w:rsid w:val="00C2697B"/>
+    <w:rsid w:val="00CE0A36"/>
+    <w:rsid w:val="00D35A63"/>
+    <w:rsid w:val="00D420C8"/>
+    <w:rsid w:val="00D92A8B"/>
+    <w:rsid w:val="00E76F36"/>
+    <w:rsid w:val="00F867C0"/>
+    <w:rsid w:val="00FB7762"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{AC3E7FF3-6AAE-4D21-8623-EE0687EF4D07}"/>
+  <w15:docId w15:val="{2FA7CF0F-18BC-4A6F-80C9-1C455167FA9B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1312,83 +1624,206 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D420C8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C0865"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C0865"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C0865"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="1407921525">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1120412226">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="437"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="5" w:color="000000"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1880820318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="182"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="49967765">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1608582805">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1189757932">
+                      <w:marLeft w:val="146"/>
+                      <w:marRight w:val="547"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -1430,86 +1865,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1645,54 +2078,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>770</Words>
-  <Characters>4393</Characters>
+  <Words>567</Words>
+  <Characters>3234</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5153</CharactersWithSpaces>
+  <CharactersWithSpaces>3794</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>ЗАВХОЗ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>