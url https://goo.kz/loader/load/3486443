--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -1,9737 +1,9015 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="20B94675" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="06868FD7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...31 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+        <w:t xml:space="preserve">«Павлодар қаласының №21  жалпы орта білім беру мектебі» КММ  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED0B909" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="7348D690" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...29 lines deleted...]
-          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> государственным языком обучения</w:t>
-[...60 lines deleted...]
-        <w:t xml:space="preserve">  (на вакантную должность)</w:t>
+        <w:t xml:space="preserve">мемлекеттік тілде оқытатын ұлдар технология  мұғалімі лауазымына </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285799DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4C5C39A3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091C0EA4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="432"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="2683"/>
+        <w:gridCol w:w="1781"/>
+        <w:gridCol w:w="4602"/>
+        <w:gridCol w:w="437"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="208E7EC6" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="23BD0BCA" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
           <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="43B6760C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="146A56B0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="49DB7E21" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E8C5EC0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="048294AE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A1BCA28" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17275BA4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF366D6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="007A6C09">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6C09" w:rsidRPr="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қазақстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республикасы, Павлодар облысы,                 Павлодар қаласы, Камзин  көшесі, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1E9A94B8" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="15D37303" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="15A2482D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="267A1B60" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="0DB79C73" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3579074B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="57F9A0CC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Телефон  нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F19A4C7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-              <w:t>Камзина, 346</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="1231C343" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="5112F43A" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="278"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2B480BD2" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEFF25C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...80 lines deleted...]
-          <w:p w14:paraId="1A1C8D07" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F319D11" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-          <w:p w14:paraId="4077AD58" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Электрондық  пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6399DF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00407673">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>sosh21@goo.edu.kz</w:t>
+              <w:t> sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="3356A18C" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="000A03CF" w14:paraId="1BC70190" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5AD265F3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F302458" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="549E0839" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54EF248D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="4DAE5097" w14:textId="517BBD90" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="003E0F80" w:rsidP="00714E19">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="755A143B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...160 lines deleted...]
-              <w:t>а</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №21 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0A2A22BE" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="000A03CF" w14:paraId="4F71012E" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D8058E5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C93BAF8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="5FDF0548" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7884C7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="09DA8EED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі  функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8A811C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7887FF90" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="146422D6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушыда педагогқа құрметпен қарауға тәрбиелейді, білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60993864" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71154D8F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="594D631B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық журнал толтырады, оқу үрдісінде заманауи ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08DFDBE7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім алушылар мен тәрбиеленушілердің мемлекеттік жалпыға міндетті білім беру стандартында көзделген деңгейден төмен емес тұлғалық, жүйелік-қызметтік, пәндік нәтижелерге қол жеткізуін қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F03DF46" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқу бағдарламаларын, оның ішінде ерекше білім берілуіне қажеттілігі бар білім алушыларға арналған бағдарламаларды әзірлеуге және орындауға қатысады, оқу жоспарына және оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2299364E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтарын және бейімділіктерін зерделейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC518D0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> инклюзивті білім беру үшін жағдай жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2655D288" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекше білім беру қажеттіліктері бар білім алушының жеке қажеттіліктерін ескере отырып, оқу бағдарламаларын бейімдейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="457A85B2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арнайы білім беру ұйымдарында оқытылатын пәннің ерекшелігін ескере отырып, дамудағы ауытқуларды барынша еңсеруге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу бойынша жұмысты жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0867D2C9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   интерактивті оқу материалдары мен цифрлық білім беру ресурстарын пайдалана отырып, қашықтықтан оқыту режимінде сабақтар ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="120E29B0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әдістемелік бірлестіктердің, мұғалімдер қауымдастығының, әдістемелік, педагогикалық кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4461EF0C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ата-аналарға арналған педагогикалық консилиумдарға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қатысады; ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C1C7C58" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кәсіби құзыреттілікті арттырады,  еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидаларын сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BDB25C4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00964AED">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата-аналармен немесе олардың орнындағы адамдармен ынтымақтастықты жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5144BC53" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="417" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F99A30" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="417" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      білім алушылар мен тәрбиеленушілер арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="069CFBB5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="417" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="000A03CF" w14:paraId="61B1F0F8" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="570"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D4724EB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6011BA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1994FBEB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="039116DB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="702670AD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBD81A1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A22BCCE" w14:textId="22E30715" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidR="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және орыс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл</w:t>
+            </w:r>
+            <w:r w:rsidR="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">де оқытатын /ұлдар/ технология  мұғалімі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="6238BFC3" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="638"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02763489" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BCA2877" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="657F15A7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="576E8FE2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 113000 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4792B50E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 177766 теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="000A03CF" w14:paraId="64687A7C" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="638"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36218856" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7825AE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос лауазымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4A6743" w14:textId="76BD7794" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidR="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және орыс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл</w:t>
+            </w:r>
+            <w:r w:rsidR="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>де оқытатын технол</w:t>
+            </w:r>
+            <w:r w:rsidR="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>гия  мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="000A03CF" w14:paraId="30670BE4" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="172FDEB6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="227FA2AB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15903697" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="588B08BC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="20A9BF90" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68DAF1E1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="2B26CA42" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="327E3FEC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="378DF96C" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="70F02141" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="423"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D83818F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3FE46B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="090DF6B6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2ADEB9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19AF30CE" w14:textId="508978B4" w:rsidR="00E83974" w:rsidRDefault="000A03CF">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...126 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>07.09 – 15.09.2022 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1B500489" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...4 lines deleted...]
-          <w:p w14:paraId="5CA6747B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="000A03CF" w14:paraId="4DBC8525" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4738B353" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="4B999EC9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6544429A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06BC0AC8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F63F4B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FE719A1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FCF1938" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07074A1F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DB33365" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EC78302" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66F9AAFB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1321556C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>) Ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00D6DBD7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="084435C5" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="10523DA5" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="67CAC32D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="544CC591" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="68AE7328" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20442AE9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="0784AF42" w14:textId="219C36F4" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00265A8C" w:rsidP="00A81D9B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="722F0150" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="25863ECD" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...577 lines deleted...]
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="12505F2B" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="2A5A193C" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
           <w:trHeight w:val="781"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="433BE3F6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="5401" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E13A5DA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="6BA53865" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12CE7DE8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5039" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16C0DB5D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FAC4D75" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3C716757" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10247712" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="659636C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F8A0DD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4EBFE5F4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A402863" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...58 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="305FB61C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...61 lines deleted...]
-    <w:p w14:paraId="6520570E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5D86E045" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...23 lines deleted...]
-        <w:t>)</w:t>
+    </w:p>
+    <w:p w14:paraId="1A56B03A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B8A202" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...39 lines deleted...]
-    <w:p w14:paraId="620DCFA7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0AB36FE6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E41F92" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="20D88154" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="389BFF14" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2CE644E4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53957057" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...53 lines deleted...]
-    <w:p w14:paraId="50C8FC3D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="18ED9C59" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4981904B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6E93BAAD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A8968D0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="346D6F77" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655A025E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4919BDB2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8F1E91" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9496C3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B689ADF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5486A5B0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="670A234B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C8F3EA2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0AF8DCA0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-180" w:firstLine="180"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08349A94" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...15 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E62A3B2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="651AD8EF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...15 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192EAB26" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...55 lines deleted...]
-    <w:p w14:paraId="7C4B3CF1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5201395E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6DF571" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="14029E3F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E6DCEB0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="437D9B39" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...15 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459EF94C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="44B8A65C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7ECEBDC2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="7AD2EA4A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C52C3EB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0873150B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3305BB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="41FAF9B9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="366FBE56" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="544B06EC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E5B631" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5D5567F8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="2759A093" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="12BF7D02" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="428B648C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="308285F0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="789D1451" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A5910CC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65E615F5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3D214FE0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46E54C84" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного заведения</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4202264E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65B54F19" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="678467AF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77A8688A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Специальность </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="4384ED4C" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="572B6767" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="372AC4AB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>по диплому</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="3471F674" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EC79D53" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="13088BD2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AEB64C0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="006F00E2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5D904464" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D817C8F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="029C8A9F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...30 lines deleted...]
-        <w:t>_____________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (берген (растаған) күні):_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9460B7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...25 lines deleted...]
-    <w:p w14:paraId="764F233F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4A7EA484" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="55080EC3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="777A42FB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="312B37D1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="28687EA9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>Имею следующие результаты работы:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...5 lines deleted...]
-        <w:t>________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620912C2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4BCFED64" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11218168" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="02D2E08F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D6E3FF5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6EFD8F82" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1998774B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="10776BF6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="09253132" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="50757EFA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы ____________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="72DD006F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="46952904" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2366A826" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="63536361" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="344D7D2B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="111873C8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...13 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC7996A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="721E7693" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5355333A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="15B7EB14" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069B08FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4BC2138A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F747497" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>________________________________________________________________________________________</w:t>
+        <w:t>жылғы «____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...95 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
       </w:r>
-    </w:p>
-[...27 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="60F1DF69" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="1DC699E3" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7FCE05" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="61A9AE6D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="640F5EDF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45958941" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3CB76EAC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14BF4D8B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="641D9845" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A0E998D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="5E677C76" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2577B5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="431E9C33" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="516E5184" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="085B287F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="103A0B0D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...44 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A14AA5E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="670A5ABA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45D8AF37" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="1347736E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C3AFB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C3AFB">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D3023D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C6AD5E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3723FEFB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF9A99D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10110" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="4963"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="36A8CD63" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="524BD8B8" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13F5C60B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="56ECE259" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56BB48AB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="58B442FA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...10 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69DFBC8F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="167A5813" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...14 lines deleted...]
-              <w:ind w:firstLine="851"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E918FEA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="212C2C36" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="614AFAFE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="148BCD33" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="10E4E368" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="000A03CF" w14:paraId="43763F22" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04DC2A88" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="42C5F7B7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FBCFE66" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50785D81" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34A7FE86" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BDC1A4C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35E99141" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C763491" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DCB833B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="288BBCEF" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A60C6E2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBA832C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми/ академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57471C3B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E12D6D4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C8633A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0993643E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76794C87" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2679C51D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="000A03CF" w14:paraId="65A7D69E" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DBD6AC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73C740A6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E081B0A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұлттық біліктілік тестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5802167D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63259AAA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34AB631F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E065D4D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45361FED" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48738F7A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145426FF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B68B8C9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B85E10A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A173DBC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A82DF0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F72574" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0264C81C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F5D7C1D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Педагог-модератор» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="706F493D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78599EDF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2130B8A4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65282725" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50729FCA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80-ден 90 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5868F10E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CF49CC6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F2F26FA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF736DD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D00814B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="776CFF3F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B890E65" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43FA11EE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8EBE1C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E203287" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143F56B6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CEE4CA5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CFF4F8D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="299BA67F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="534F1A8C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CBA407B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30487D6F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6800E17D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04D77445" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58943835" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="493D2B7C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ABA12E8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F742678" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F4C1C8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BAD69F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FC857BF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33DB06E4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>40 - тан 50 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A41DC2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57169FE0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A002CB8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13C0483E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52A02B3E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="0E4C18AD" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72E15738" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49DBE7CB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктілігі/ Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="145838AE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17832E33" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E901CD7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 санат -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19AF346E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары санатты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="717B2F02" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DC751C5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0298B7BB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог- зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CD2726" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5463A8B5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="7D09A499" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="185B4E10" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01CE6B8C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67008205" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1988E172" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="333DA4E9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EEC57F5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5 жылдан 10 жылға дейін = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BF73FA0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10 жылдан және одан артық = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4750AD00" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="2FDD3254" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75FC8C59" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74A11B74" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63A72B59" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F36D910" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16320B97" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18F34BFE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48B70239" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="4C5A1519" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53E09063" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="691017EE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2972E9DE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3882AC69" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="081D0BEB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5EECB1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DAB3698" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="0A016614" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36E83C8B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06677FE2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA1BD58" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16E9B44F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EB6FE49" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D460A36" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3302B5B3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="3364B668" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72B5BCC4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4117B18D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45033BEC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281EB470" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CFCEF26" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6F6310" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223849FC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="647B14F9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60E078C9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E86992E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CAF2B3D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>медаль «Қазақстанның еңбек сіңірген ұстазы» – 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="571A9F79" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="000A03CF" w14:paraId="24F6A992" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39B67844" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2830A34B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF53EDF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1779EDEC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA9226B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="629A38BD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="517F8AA4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="1ECBC5C7" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25D40069" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="512082BA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6743F774" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35790DD5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- көптілділікті жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0014856A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E4EEF9A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ӘБ жетекшілігі -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="254AB459" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәсіби-педагогикалық қауымдастық көшбасшысы – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF593CC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1133CE4E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B7E4DF9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0781EF73" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="227A9A91" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6F2336" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64A67FC5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62808866" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77FD971B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569ACFC8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C2217EE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12FCCAFF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python-да бағдарламалау негіздері», «Microsoft-пен жұмыс істеуді оқыту» бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="070461B2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E24A0F6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E3FD927" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w14:paraId="65E9E8A3" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="548867A5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...26 lines deleted...]
-              <w:ind w:left="141"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFCFCE9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-              <w:ind w:left="141"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="777F338F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5045 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C557B76" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="598EA070" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="466E0A60" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4FADBFC1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0690DAAC" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00661D74"/>
-    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
+    <w:p w14:paraId="57A22B80" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="036BA5EB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53C8E8BC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D954F42" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440E8472" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BFBF1B6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B74CD54" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00E83974">
+      <w:pPr>
+        <w:ind w:left="-1260" w:firstLine="1260"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007F5980" w:rsidSect="00E83974">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="360" w:right="850" w:bottom="1134" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A67057C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1640D4B0"/>
+    <w:lvl w:ilvl="0" w:tplc="0F20C25E">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="800539270">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00810274"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003E0F80"/>
+    <w:rsidRoot w:val="00062A72"/>
+    <w:rsid w:val="00062A72"/>
+    <w:rsid w:val="00097C41"/>
+    <w:rsid w:val="000A03CF"/>
+    <w:rsid w:val="001E3D98"/>
+    <w:rsid w:val="00364A9F"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="00661D74"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A81D9B"/>
+    <w:rsid w:val="007A6C09"/>
     <w:rsid w:val="00C06D6F"/>
+    <w:rsid w:val="00E83974"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6CAF2F76"/>
-  <w15:docId w15:val="{0ADD746E-A533-42BC-90EA-6AEB5A569C7D}"/>
+  <w14:docId w14:val="62C1CADF"/>
+  <w15:docId w15:val="{88FFD176-7232-4792-ACE9-ED60827AB829}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10089,130 +9367,147 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00E83974"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00661D74"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E83974"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E83974"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="1001158521">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10461,69 +9756,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1766</Words>
-  <Characters>10070</Characters>
+  <Words>1983</Words>
+  <Characters>11308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11813</CharactersWithSpaces>
+  <CharactersWithSpaces>13265</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>