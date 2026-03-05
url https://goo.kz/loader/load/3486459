--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,694 +1,280 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="48F0BE46" w14:textId="77777777" w:rsidR="00AD0030" w:rsidRDefault="00AD0030" w:rsidP="009E1378">
+    <w:p w14:paraId="1AF59C47" w14:textId="77777777" w:rsidR="005F31D5" w:rsidRDefault="005F31D5" w:rsidP="005F31D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Баланы қабылдайтын</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ата-аналарды, </w:t>
+        <w:t>О поддержке приемных родителей, кандидатов в приемные родители</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C05B18" w14:textId="77777777" w:rsidR="009E1378" w:rsidRDefault="00AD0030" w:rsidP="009E1378">
+    <w:p w14:paraId="5B79048B" w14:textId="77777777" w:rsidR="005F31D5" w:rsidRDefault="005F31D5" w:rsidP="005F31D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...34 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2C73957D" w14:textId="77777777" w:rsidR="00B3302E" w:rsidRPr="009E1378" w:rsidRDefault="00B3302E" w:rsidP="009E1378">
+    <w:p w14:paraId="4CB01D8A" w14:textId="77777777" w:rsidR="005F31D5" w:rsidRPr="009E1378" w:rsidRDefault="005F31D5" w:rsidP="005F31D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009E1378">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Уважаемые приемные родители, кандидаты в приемные родители!</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="693ABA38" w14:textId="77777777" w:rsidR="00AD0030" w:rsidRPr="00AD0030" w:rsidRDefault="00B3302E" w:rsidP="00AD0030">
+    <w:p w14:paraId="1B6A1732" w14:textId="77777777" w:rsidR="005F31D5" w:rsidRDefault="005F31D5" w:rsidP="005F31D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD0030">
+      <w:r w:rsidRPr="001419AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Құрметті </w:t>
+        <w:t xml:space="preserve">Общественный фонд «Ана үйі» </w:t>
       </w:r>
-      <w:r w:rsidR="00AD0030" w:rsidRPr="00AD0030">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>баланы қабылдайтын ата-аналар, отбасына б</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">! </w:t>
+        <w:t xml:space="preserve">с мая 2022 года реализует социальный проект по поддержке кандидатов в приемные родители, приемных родителей, взявших на воспитание детей-сирот и детей, оставшихся без попечения родитедей, имеющих ограниченные возможности и особенности в развитии. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D06E012" w14:textId="77777777" w:rsidR="00B3302E" w:rsidRDefault="0011287E" w:rsidP="00AD0030">
+    <w:p w14:paraId="50088765" w14:textId="77777777" w:rsidR="005F31D5" w:rsidRDefault="005F31D5" w:rsidP="005F31D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...135 lines deleted...]
-        <w:t xml:space="preserve"> қолдау жөніндегі әлеуметтік жобаны іске асыруда.</w:t>
+        <w:t>В рамках проекта предусмотрено прохождение медицинского осмотра, медицинская реабилитация и педагогическая коррекция детей, а также оказание консультационной и информационной помощи приемным родителям, кандидатам в приемные родители.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCED154" w14:textId="77777777" w:rsidR="00B3302E" w:rsidRDefault="00B3302E" w:rsidP="001419AD">
+    <w:p w14:paraId="723F0A4D" w14:textId="77777777" w:rsidR="005F31D5" w:rsidRDefault="005F31D5" w:rsidP="005F31D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Жоба аясында медициналық тексеруден өту, балаларды медициналық оңалту және педагогикалық түзету, сондай-ақ </w:t>
+        <w:t xml:space="preserve">Для получения более подробной информации о проекте необходимо обращаться </w:t>
       </w:r>
-      <w:r w:rsidR="00AD0030" w:rsidRPr="00B3302E">
-[...61 lines deleted...]
-        <w:t>консультациялық және ақпараттық көмек көрсету қарастырылған.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по единому контактному телефону фонда «1422».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28416599" w14:textId="77777777" w:rsidR="001419AD" w:rsidRPr="00B3302E" w:rsidRDefault="00B3302E" w:rsidP="001419AD">
+    <w:p w14:paraId="777B194A" w14:textId="77777777" w:rsidR="005F31D5" w:rsidRDefault="005F31D5" w:rsidP="005F31D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...83 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0339884D" w14:textId="77777777" w:rsidR="009E1378" w:rsidRDefault="009E1378" w:rsidP="001419AD">
-[...45 lines deleted...]
-    <w:sectPr w:rsidR="009E1378" w:rsidRPr="00796EC3" w:rsidSect="00B81929">
+    <w:p w14:paraId="7201E4BA" w14:textId="77777777" w:rsidR="00E67D26" w:rsidRDefault="00E67D26"/>
+    <w:sectPr w:rsidR="00E67D26">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F7683B"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00F7683B"/>
+    <w:rsidRoot w:val="00B00E69"/>
+    <w:rsid w:val="005F31D5"/>
+    <w:rsid w:val="00B00E69"/>
+    <w:rsid w:val="00E67D26"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0F4F731F"/>
-  <w15:docId w15:val="{5D5674C0-FBCC-4D09-9422-ED293CDE25A2}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{DFF1A444-22B6-4F3C-A7F5-E4804CB8B375}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -759,94 +345,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1030,235 +620,241 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B81929"/>
+    <w:rsid w:val="005F31D5"/>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1370,70 +966,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>118</Words>
-  <Characters>674</Characters>
+  <Words>112</Words>
+  <Characters>643</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>791</CharactersWithSpaces>
+  <CharactersWithSpaces>754</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>1</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>