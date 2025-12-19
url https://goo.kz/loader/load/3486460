--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,1967 +1,16102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="63D82FF1" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 122 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гимназиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" КМҚ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3C37C0AF" w14:textId="234DB28E" w:rsidR="001C64E9" w:rsidRPr="00F34409" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="003A7BB2" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...23 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">психолог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="41E7D55D" w14:textId="77777777" w:rsidR="00124F76" w:rsidRPr="00175527" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
+    <w:p w:rsidR="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07B73D9E" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00175527" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00175527">
-[...9 lines deleted...]
-        <w:t>КГКП» дошкольная гимназия № 122 города Павлодара " г. Павлодар, ул. Сатпаева, 39, телефон 8(7182)- 32-04-16; эл.почта: pavlodar122@mail.ru</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 122 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>гимназиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" КМҚК </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қ.,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Сәтпаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 39, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8(7182) - 32-04-16; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>эл.пошта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: pavlodar122@mail.ru</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A954521" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>гимназия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Республикасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="1EBDD522" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...18 lines deleted...]
-        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>талаптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бейіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қойылмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бейіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DF4FA6E" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...9 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біліктілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайда-5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4C0F971D" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...9 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Педагог-модератор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагог-сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0D251A0B" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құзыреттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>айқындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6364C327" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>1) "педагог" (без категории):</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9FA0FC" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>знает содержание учебного предмета, учебно-воспитательного процесса, методики обучения и оценки;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пәнінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мазмұнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>процесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әдістемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағалауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25EFBA04" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>психологиялық-жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>процесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жоспарлайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BFF674" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>способствует формированию общей культуры обучающегося и его социализации,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәдениетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қалыптастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әлеуметтендіруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08002D6A" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>деңгейіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іс-шараларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қажеттіліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәсілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E755C4" w14:textId="69AA6A5E" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00AF0D78" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF0D78">
-[...30 lines deleted...]
-        <w:t>соответствует общим требованиям категории "педагог", а также:</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) "педагог-модератор": "педагог" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D2243B" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, становится участником олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әдістері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жинақтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>олимпиадалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жарыстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C4D814" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>3) "педагог-эксперт":</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)"педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA25FA5" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...9 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"педагог-модератор" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E41C37">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> а также:</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633BF177" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>владеет навыками анализа организованной учебной деятельности,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меңгерген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DAB48BC" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>реализует конструктивность и наставничество, определяет приоритеты профессионального развития как отдельных, так и коллективных на уровне организаций образования:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>конструктивтілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәлімгерлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұжымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дамудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басымдықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49BF8492" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жинақтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>олимпиадалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарыстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F4148AB" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>4) "педагог-исследователь":</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) "педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068DBE5D" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...9 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сабақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ,</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ба</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> а также:</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ғалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меңгерген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CC9B2E" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>владеет навыками разработки инструментария исследования и оценки урока,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зерттеушілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7269D952" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зерттеушілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C32608" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамдастықта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәлімгерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стратегиясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сындарлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1696FBDE" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>осуществляет Наставничество в педагогическом сообществе на уровне района, города и конструктивно определяет стратегию развития,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қалалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Астана, республика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жинақтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ведомстволық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағынысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394929E6" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>обобщает опыт на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қалалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Астана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>республика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>олимпиадаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>конкурстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ведомстволық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағынысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133432F5" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>наличие участников олимпиад, конкурсов, соревнований на уровне области/ городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5)"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Шебер-педагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0FC083" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-        <w:t>5) "педагог-мастер":</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагог-шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465915AA" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>авторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағдарламалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мақұлдаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>авторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағдарламалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқулықтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құралдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>авторы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>авторы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жобалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бірлестіктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>желісіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>басшылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жоспарлайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>конкурстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>олимпиадалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>органы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бекіткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>конкурстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дайындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>стандарттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқытылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пәннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ерекшелігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құндылықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тұжырымдамасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиелеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиеленуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тұлғасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәдениетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қалыптастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әлеуметтендіруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қабілеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>анықтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дамытуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәсілдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тиімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әдістері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әзірлеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>орындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жоспарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көлемде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>асырылуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>соответствует общим требованиям категории "педагог-мастер"</w:t>
-      </w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> ,</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бірлестіктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кеңестердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>желілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қоғамдастықтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>отырыстарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="62A0FDD0" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қабілеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қызығушылықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бейімділіктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>зерделейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5535F359" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>түзету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мекемелерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқытылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пәннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ерекшелігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дамудағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ауытқуларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>барынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>түзетуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4F0D08FE" w14:textId="08E146E8" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...19 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арттырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="1F849E66" w14:textId="31405819" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="001C64E9" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF0D78">
-[...41 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қауіпсіздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>техникасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өртке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ережелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нормаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>орындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3DBD6215" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кезеңінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өмірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қорғауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="25688DDB" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Участвует в разработке и выполнении учебных программ, обеспечивает их реализацию в полном объеме в соответствии с учебным планом и графиком учебного процесса.</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алмастыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адамдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ынтымақтастықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3716D650" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Участвует в заседаниях методических объединений, методических советов, сетевых сообществ.</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жабдықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іпсіздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техникасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0228870B" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников.</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жасауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D16B83" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальную коррекцию отклонений в развитии с учетом специфики преподаваемого предмета в специальных (коррекционных) образовательных учреждениях.</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекіткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толтырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68167B79" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Повышает профессиональную компетентность, в том числе информационно-коммуникационную.</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құндылық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негізделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұғымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нысандарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отбасыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418BBD9A" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәдениеттің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Академиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>адалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қағидаттарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="28F5A552" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Білуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Конституциясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кодексін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Педагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәртебесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Республикасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Заңдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>стандарттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағыттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келешегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагогика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>психология</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әдістемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құралдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дидактикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мүмкіндіктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кабинеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосалқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үй-жайларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жабдықтауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қауіпсіздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>техникасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өртке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ережелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нормалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санитарлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нормалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D41599" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Осуществляет сотрудничество с родителями или лицами, их заменяющими.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4D947A" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Выполняет требования техники безопасности при эксплуатации оборудования.</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көрсете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3445FCF0" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Обеспечивает создание необходимых условий для сохранения жизни и здоровья детей во время образовательного процесса.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сервисінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>);;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C055D3F" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Заполняет документы, перечень которых утвержден уполномоченным органом в области образования.</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кадрларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>телефондарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көрсете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D746D3" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      В образовательных организациях понятие "образование, основанное на ценностях" внедряется всеми формами образовательного процесса, в том числе с участием детских семей.</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сипаттамаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көшірмелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>; ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA2554A" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Профилактика антикоррупционной культуры, принципов академической честности среди обучающихся, воспитанников.</w:t>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құжаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17848F16" w14:textId="1B4D0F53" w:rsidR="001C64E9" w:rsidRPr="00155AC6" w:rsidRDefault="001C64E9" w:rsidP="00155AC6">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF0D78">
-[...84 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6)" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құжаттамасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> " </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атқарушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қазандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тізілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 21579 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жағдайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сертификаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - НБС)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагог-модератордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагог-сарапшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагог-зерттеушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>педагог-шебердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>куәлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиешінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұсынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәйексіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көрсетуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тартады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="452409AA" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12938D10" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w:rsidR="0034791E" w:rsidRPr="0034791E" w:rsidRDefault="0034791E" w:rsidP="0034791E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 (7182) - 32-04-16; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pavlodar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>122@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034791E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="41974B2C" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
-[...250 lines deleted...]
-    <w:sectPr w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidSect="00D3649F">
+    <w:sectPr w:rsidR="0034791E" w:rsidRPr="0034791E">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century Gothic">
-    <w:panose1 w:val="020B0502020202020204"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...95 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001C64E9"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00F82760"/>
+    <w:rsidRoot w:val="002A0AC5"/>
+    <w:rsid w:val="002A0AC5"/>
+    <w:rsid w:val="0034791E"/>
+    <w:rsid w:val="003A7BB2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4FD1D7F7"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -2080,136 +16215,77 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C4DB4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...56 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -2329,256 +16405,90 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C4DB4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...56 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...104 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2612,84 +16522,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2824,70 +16736,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>6889</Characters>
+  <Pages>4</Pages>
+  <Words>1221</Words>
+  <Characters>6966</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
+  <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8081</CharactersWithSpaces>
+  <CharactersWithSpaces>8171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>