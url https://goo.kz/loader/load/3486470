--- v0 (2025-12-10)
+++ v1 (2025-12-11)
@@ -1,19966 +1,9088 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
-[...948 lines deleted...]
-    <w:p w:rsidR="007F7C68" w:rsidRDefault="002D3DB4" w:rsidP="0024415D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F7C68">
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТӘРБИЕШІНІҢ БОС ЛАУАЗЫМЫНА ОРНАЛАСУҒА АШЫҚ КОНКУРС ЖАРИЯЛАНАДЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="007F7C68" w:rsidRDefault="009B37C1" w:rsidP="0024415D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F7C68">
-[...11 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 84 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазыналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсіпорын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00942049" w:rsidP="0024415D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">-2022 </w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B37C1" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...1 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00626354">
-        <w:t>Ясли-сад</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00626354">
-[...107 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Украинская к., 99  тел.51-60-98, э/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пошта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidR="002357F6" w:rsidRPr="002357F6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sad84@goo.edu.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD280D">
-[...22 lines deleted...]
-        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5733">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002357F6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, негізгі қызметкердің бала күтімі бойынша демалыс уақытына,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналасу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
-[...2061 lines deleted...]
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="007F7C68">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="002357F6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...15 lines deleted...]
-        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БҒМ 2012  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тағайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>босату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F7C68" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...26 lines deleted...]
-        <w:t>, 99</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...3 lines deleted...]
-        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5733">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 жылғы  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B600B2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0342C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B600B2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00E0342C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5733">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0342C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қыркүйек </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5733">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аралығында,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Украинская</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 99.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезеңдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарландыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002357F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жариялау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ниет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білдірген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үміткерлердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сипаттамаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002357F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002357F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002357F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкестігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002357F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      7) справку с психоневрологической организации;</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
-[...62 lines deleted...]
-    <w:p w:rsidR="002D3DB4" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="002357F6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-          <w:rStyle w:val="a4"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации: </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтінімдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұқаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құралдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шыққан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Украинская </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 99 «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 84 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» КМҚК </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пошта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRDefault="00FD280D" w:rsidP="0024415D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="002357F6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...65 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мамандығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>даярлауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="002357F6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B12969" w:rsidRPr="00626354" w:rsidRDefault="00B12969" w:rsidP="0024415D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="002357F6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>функциясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атқарады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талабына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топтарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әндік-дамытушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығармашылығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойындық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қозғалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көркемөнер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баулу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т.б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұлға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тәрбиелеудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технологиясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғылыми-зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>авторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығармалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағыттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зерделеумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шұғылданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туындаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақтарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00FD280D" w:rsidRDefault="0024415D" w:rsidP="00FD280D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
-        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD280D">
-[...5 lines deleted...]
-        <w:t>Приложение 10 к Правилам назначения на должности, освобожденияотдолжностей</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№84  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүдделері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Компьютерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сауаттылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меңгереді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00FD280D" w:rsidRDefault="0024415D" w:rsidP="00FD280D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD280D">
-[...14 lines deleted...]
-        <w:t>руководителей</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалақының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мөлшері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешілерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  128 000 - 280 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>теңгеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00FD280D" w:rsidRDefault="0024415D" w:rsidP="00FD280D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD280D">
-[...14 lines deleted...]
-        <w:t>Форма</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD280D" w:rsidRDefault="00942049" w:rsidP="00FD280D">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z228" w:history="1">
+        <w:r w:rsidRPr="00E93F53">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>10-қ</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00E93F53">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>осымша</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00E93F53">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>ға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002357F6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2)    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кадрларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4)    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сипаттамаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшірмелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5)    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6)    "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттамасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атқарушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...288 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...204 lines deleted...]
-        <w:t>адре</w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ті</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
-[...1315 lines deleted...]
-        <w:t>в</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 21579 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">электронном или бумажном </w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7)    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8)    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9)    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соттылығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екендігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10)        </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификаты (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-        <w:t>виде</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00626354">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ҰБТ) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модератордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сарапшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зерттеушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шебердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11)        11-қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осымша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="002357F6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> форме согласно приложению 1;</w:t>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 (7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) 51-60-98</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электрондық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93F53">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002357F6" w:rsidRPr="002357F6">
+        <w:t xml:space="preserve"> sad84@goo.edu.kz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
-[...13403 lines deleted...]
-    <w:sectPr w:rsidR="0024415D" w:rsidRPr="0017295E" w:rsidSect="00970F8E">
+    <w:sectPr w:rsidR="00E93F53" w:rsidRPr="00E93F53">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="566" w:bottom="851" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0024415D"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00FD280D"/>
+    <w:rsidRoot w:val="00504328"/>
+    <w:rsid w:val="002357F6"/>
+    <w:rsid w:val="003D5733"/>
+    <w:rsid w:val="00504328"/>
+    <w:rsid w:val="00B600B2"/>
+    <w:rsid w:val="00BF3333"/>
+    <w:rsid w:val="00E0342C"/>
+    <w:rsid w:val="00E93F53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1039"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-      </w:rPr>
-[...356 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -20095,104 +9217,331 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E93F53"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E93F53"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E93F53"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E93F53"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E93F53"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E93F53"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -20226,84 +9575,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -20439,70 +9790,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>3261</Words>
-  <Characters>18593</Characters>
+  <Words>706</Words>
+  <Characters>4028</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>154</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21811</CharactersWithSpaces>
+  <CharactersWithSpaces>4725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>1</dc:creator>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>