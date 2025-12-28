--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -454,78 +454,80 @@
           <w:p w:rsidR="00C45249" w:rsidRPr="00C45249" w:rsidRDefault="00C45249" w:rsidP="008B0E33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C45249">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2301" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C45249" w:rsidRPr="00C45249" w:rsidRDefault="00C45249" w:rsidP="00F83F8D">
+          <w:p w:rsidR="00C45249" w:rsidRPr="00C45249" w:rsidRDefault="00C45249" w:rsidP="00C043FC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C45249">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Мектеп директорының </w:t>
             </w:r>
-            <w:r w:rsidR="00F83F8D">
-[...6 lines deleted...]
-              <w:t>оқу</w:t>
+            <w:r w:rsidR="00C043FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00C45249">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> ісі жөніндегі орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C45249" w:rsidRPr="00C45249" w:rsidRDefault="00C45249" w:rsidP="000338B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
@@ -583,52 +585,50 @@
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRPr="00A4203A" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4203A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Конкурстық комиссияның</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRPr="00A4203A" w:rsidRDefault="00F83F8D" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>хатшысы</w:t>
       </w:r>
@@ -842,50 +842,51 @@
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
     <w:rsid w:val="000338B1"/>
     <w:rsid w:val="00441D50"/>
     <w:rsid w:val="00525CD4"/>
     <w:rsid w:val="00570347"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007B4C17"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="0090705F"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="00A4203A"/>
     <w:rsid w:val="00A83AE9"/>
     <w:rsid w:val="00BE18C5"/>
+    <w:rsid w:val="00C043FC"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00C45249"/>
     <w:rsid w:val="00F83F8D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1079,58 +1080,65 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00711A0A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00711A0A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1299,58 +1307,65 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00711A0A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00711A0A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -1611,68 +1626,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>69</Words>
-  <Characters>396</Characters>
+  <Characters>399</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>464</CharactersWithSpaces>
+  <CharactersWithSpaces>467</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>