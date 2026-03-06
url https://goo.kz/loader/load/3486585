--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,5047 +1,7328 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007365F4" w:rsidRPr="005D5730" w:rsidRDefault="007365F4" w:rsidP="00557CD4">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="002012BD" w:rsidP="00AD370B">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D2BCC" w:rsidRPr="005D71F4" w:rsidRDefault="002012BD" w:rsidP="00D56725">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации и проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB20E6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">республиканского </w:t>
+      </w:r>
+      <w:r w:rsidR="00454E40" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE1BFA" w:rsidRPr="005D71F4" w:rsidRDefault="00454E40" w:rsidP="00D56725">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB46E3" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ля психологов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="006932D0" w:rsidP="00D56725">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Лучший психолог года»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="002012BD" w:rsidP="00D56725">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006932D0" w:rsidRPr="005D71F4" w:rsidRDefault="006932D0" w:rsidP="006932D0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006932D0" w:rsidRPr="005D71F4" w:rsidRDefault="006932D0" w:rsidP="006932D0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00844AE2" w:rsidRPr="005D71F4" w:rsidRDefault="006932D0" w:rsidP="00254C18">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00844AE2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Лучший психолог года»</w:t>
+      </w:r>
+      <w:r w:rsidR="00844AE2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – Конкурс) </w:t>
+      </w:r>
+      <w:r w:rsidR="00844AE2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ориентирован на повышение профессионального уровня и реализацию творческого потенциала психологов</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15030" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00844AE2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развитие </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2F54" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00844AE2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лужбы</w:t>
+      </w:r>
+      <w:r w:rsidR="00593FA2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00844AE2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>практической психологии образования, пропаганду психологических знаний как обязательной составляющей образовательной деятельности, способствующей повышению гуманистической направленности, эффективности, конкурентоспособности отечественного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A003D6" w:rsidRPr="005D71F4" w:rsidRDefault="006932D0" w:rsidP="00254C18">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A003D6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главным условием Конкурса является обмен психолого-педагогическими идеями, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C730FE" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">опытом, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A003D6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проектами, результатами творческой деятельности психологов </w:t>
+      </w:r>
+      <w:r w:rsidR="006F3F8E" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>специализированных организаций</w:t>
+      </w:r>
+      <w:r w:rsidR="00A003D6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:r w:rsidR="006F3F8E" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для одаренных детей</w:t>
+      </w:r>
+      <w:r w:rsidR="00A003D6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0037551A" w:rsidRPr="005D71F4" w:rsidRDefault="006932D0" w:rsidP="00B303D9">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B303D9" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данные Правила разработаны в соответствии с Законом РК «Об образовании», </w:t>
+      </w:r>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00166E2A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ациональным проект</w:t>
+      </w:r>
+      <w:r w:rsidR="00166E2A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="00166E2A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00166E2A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Б</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00166E2A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ачественное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00166E2A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование</w:t>
+      </w:r>
+      <w:r w:rsidR="00166E2A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ілім беру мекемелерінің психологтарына арналған </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Образованная нация».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B303D9" w:rsidRPr="005D71F4" w:rsidRDefault="00B303D9" w:rsidP="00B303D9">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="006932D0" w:rsidP="00D56725">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009E29B8" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Цели и задачи Конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="002012BD" w:rsidP="00D56725">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="006932D0" w:rsidP="00D56725">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A277E6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основной целью </w:t>
+      </w:r>
+      <w:r w:rsidR="00F91F93" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00A277E6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а является</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4758" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выявление талантливых, творчески работающих психологов, демонстрирующих оптимальное владение профессиональными компетенциями, их поддержка и поощрение</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3204" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA4758" w:rsidRPr="005D71F4" w:rsidRDefault="006932D0" w:rsidP="00D56725">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4758" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основные  задачи  Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15030" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D5402" w:rsidRPr="005D71F4" w:rsidRDefault="007141F8" w:rsidP="006932D0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00A277E6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ополнение  банка данных об инновационном опыте психологов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D5402" w:rsidRPr="005D71F4" w:rsidRDefault="007141F8" w:rsidP="006932D0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="002566CC" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыявление лучш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>его опыта</w:t>
+      </w:r>
+      <w:r w:rsidR="002566CC" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психологов и формирование коллекции методичес</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5402" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ких материалов нового поколения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D5402" w:rsidRPr="005D71F4" w:rsidRDefault="007141F8" w:rsidP="006932D0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00A277E6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рганизация профессионального общения психологов и обмена творческими </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E91" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>идеями, опытом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="00386E91" w:rsidP="006932D0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00A277E6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одействие росту профессионального мастерства участников конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5402" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>усиление значимости п</w:t>
+      </w:r>
+      <w:r w:rsidR="00B801E2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рофессионального психологического образования и подняти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00B801E2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> престижа психологии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE2400" w:rsidRPr="005D71F4" w:rsidRDefault="00386E91" w:rsidP="006932D0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="006E6873" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыявление и </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2400" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стимулирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> креативного подхода, эффективных методик,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2400" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r w:rsidR="004F12DE" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ворческой активности психологов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE2400" w:rsidRPr="005D71F4" w:rsidRDefault="00CE2400" w:rsidP="00D56725">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00D56725">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6D54" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. У</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0250" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астники Конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA2E4D" w:rsidRPr="005D71F4" w:rsidRDefault="005B6D54" w:rsidP="00D56725">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00041D97" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00D56725">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="001C308E" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В К</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6D54" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурсе могут принять участие</w:t>
+      </w:r>
+      <w:r w:rsidR="001650FF" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьные психологи общеобразовательных школ, специализированных организаций образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">детских садов, психологи дополнительных организаций образования, </w:t>
+      </w:r>
+      <w:r w:rsidR="006932D0" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имеющие</w:t>
+      </w:r>
+      <w:r w:rsidR="00153160" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стаж работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00041D97" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D226C" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00D56725">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="000322B8" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidR="009D226C" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 лет</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1714" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC1714" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00D56725">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00957535" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от 3-7 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390702" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00D56725">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- от 7 и более лет, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не участвовавшие в данном Конкурсе последние три года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390702" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00390702">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2 Конкурс имеет ступенчатую структуру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390702" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00390702">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ступень –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...27 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологи со стажем работы до 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390702" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00390702">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ходе выполнения конкурсных заданий  психологи демонстрируют: уровень профессиональной эрудиции, интеллектуального и общекультурного развития,  культуру публичного выступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390702" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00390702">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ступень – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологи со стажем работы от 3-7 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390702" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00390702">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предусматривает задания направленные на демонстрацию профессионального мастерства (умение работать с детьми, педагогами, родителями), решение проблемных ситуаций в процессе учебной деятельности, теоретических  знаний по психологии, общую культуру и эрудицию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390702" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00390702">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ступень –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психологи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со стажем работы от 7 и более лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390702" w:rsidRPr="005D71F4" w:rsidRDefault="00390702" w:rsidP="00390702">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участники данной категории демонстрируют практический уровень профессионального мастерства, степень овладения содержанием образования,  методическую подготовленность, умение проектировать свою деятельность, уровень владения инновационными технологиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390702" w:rsidRPr="005D71F4" w:rsidRDefault="009B15A6" w:rsidP="00390702">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00390702" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На заключительном этапе Конкурса участвуют те психологи, которые прошли </w:t>
+      </w:r>
+      <w:r w:rsidR="00390702" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отборочный тур</w:t>
+      </w:r>
+      <w:r w:rsidR="00390702" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00304D0B" w:rsidRPr="005D71F4" w:rsidRDefault="00304D0B" w:rsidP="008333F9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="00DD1EBD" w:rsidP="002012BD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00935AE5" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Этапы </w:t>
+      </w:r>
+      <w:r w:rsidR="0057443E" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и содержание </w:t>
+      </w:r>
+      <w:r w:rsidR="00935AE5" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2C19" w:rsidRPr="005D71F4" w:rsidRDefault="00402495" w:rsidP="00402495">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="009B15A6" w:rsidP="009B15A6">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00524FD6" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00402495" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание Конкурса предусматривает задания, позволяющие продемонстрировать профессиональное мастерство в условиях реального образовательного процесса, способность к творческой самореализации и самоопределению личности психолога в сфере психолого-педагогической деятельности, умени</w:t>
+      </w:r>
+      <w:r w:rsidR="00487745" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00402495" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решать и проектировать психологические задачи в образовательном процессе, написание эссе с </w:t>
+      </w:r>
+      <w:r w:rsidR="00487745" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нестандартными </w:t>
+      </w:r>
+      <w:r w:rsidR="00402495" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>размышлениями о профессии психолога, своих профес</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4F34" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сиональных взглядах.</w:t>
+      </w:r>
+      <w:r w:rsidR="00402495" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D2CA5" w:rsidRPr="005D71F4" w:rsidRDefault="009B15A6" w:rsidP="009B15A6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00524FD6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс состоит следующих этапов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.1 </w:t>
-[...13 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391710" w:rsidRPr="005D71F4" w:rsidRDefault="00391710" w:rsidP="00391710">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D5730">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I этап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.2 </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурстың басты шарты дарынды балаларға арналған білім беру ұйымдары психологтарының шығармашылық іс-әрекетінің нәтижелері мен психологиялық-педагогикалық идеялар, жобалары, іс-тәжірибелерімен алмасу.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>городской этап</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="00391710" w:rsidP="002012BD">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D5730">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.3 Осы Ереже Қазақстан Республикасының «Білім туралы заңына», </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>І</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I этап</w:t>
+      </w:r>
+      <w:r w:rsidR="009B15A6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00454E40" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>региональный</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0579D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (областной)</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2EB8" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Білімді ұлт</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00402495" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">» сапалы білім беру» ұлттық жобасына </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B15A6" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сәйкес әзірленді.</w:t>
-[...57 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>проводится региональными</w:t>
+      </w:r>
+      <w:r w:rsidR="00402495" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> научно-практическим</w:t>
+      </w:r>
+      <w:r w:rsidR="00454E40" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00402495" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> центр</w:t>
+      </w:r>
+      <w:r w:rsidR="00454E40" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2EB8" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00454E40" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также областными управлениями образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2E4D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057443E" w:rsidRPr="005D71F4" w:rsidRDefault="00391710" w:rsidP="009E0FB7">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...240 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>І</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>II этап</w:t>
+      </w:r>
+      <w:r w:rsidR="009B15A6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– заключительный, проводится </w:t>
+      </w:r>
+      <w:r w:rsidR="004D000D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еспубликанским научно-практическим центром «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00487745" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>МОН РК</w:t>
+      </w:r>
+      <w:r w:rsidR="009B15A6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дистанционном формате</w:t>
+      </w:r>
+      <w:r w:rsidR="0057443E" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0042730A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0579D" w:rsidRPr="005D71F4" w:rsidRDefault="00E0579D" w:rsidP="00E0579D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00524FD6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3.1 Конкурсқа психологиялық өтілі 3 жылдан кем емес, соңғы 3 жылда осы іс-шараға қатыспаған,  жалпы білім беретін мектептердің, маманданд</w:t>
-[...37 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявок на участие в </w:t>
+      </w:r>
+      <w:r w:rsidR="0005013D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ородском (районном) этапе</w:t>
+      </w:r>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса осуществляется </w:t>
+      </w:r>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до 28 сентября</w:t>
+      </w:r>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> текущего года. Заявку на участие в городском этапе конкурса необходимо подать через электронный портал </w:t>
+      </w:r>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3.2 Конкурс сатылы құрылымнан тұрады:</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Portfolio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0037551A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (https://pvl.eportfolio.kz). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявки, зарегистрированные позже указанного срока, регистрации не подлежат. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0579D" w:rsidRPr="005D71F4" w:rsidRDefault="00E0579D" w:rsidP="00E0579D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для участия в конкурсе предоставляются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0579D" w:rsidRPr="005D71F4" w:rsidRDefault="00E0579D" w:rsidP="00E0579D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- заявки, зарегистрированные на электронном портале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Portfolio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с указанием сведений об участнике согласно регистрационной форме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>I саты – 3 жылға дейін еңбек өтілі бар психологтар.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> (Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="0005013D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0579D" w:rsidRPr="005D71F4" w:rsidRDefault="00E0579D" w:rsidP="00E0579D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- конкурсные материалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в электронном формате загружаются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в виде ссылок на облачное хранилище данных в электронный портал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Portfolio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Закладка - Дополнительная свободная форма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B70DF0" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00B70DF0">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00524FD6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> На заключительном этапе принимают участие психологи, ставшие победителями регионального отборочного этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C4201" w:rsidRPr="005D71F4" w:rsidRDefault="009B15A6" w:rsidP="00B70DF0">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00524FD6" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4201" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На Конкурс представляются только те работы, которые апробированы на практике и имеют результаты практического применения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092046C" w:rsidRPr="005D71F4" w:rsidRDefault="0092046C" w:rsidP="00AE7170">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070A90" w:rsidRPr="005D71F4" w:rsidRDefault="0042730A" w:rsidP="00070A90">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00070A90" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Номинации конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B423F" w:rsidRPr="005D71F4" w:rsidRDefault="008B423F" w:rsidP="00070A90">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:left="700" w:firstLine="150"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) «Креативный психолог»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:left="560" w:firstLine="290"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) «Лучшая авторская программа»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:left="720" w:firstLine="130"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) «Профессиональное мастерство»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:left="720" w:firstLine="130"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) «Лучшее портфолио психолога»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:left="720" w:firstLine="130"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) «Психолог-исследователь»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:left="720" w:firstLine="130"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) «Самый молодой психолог».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64ECF" w:rsidRPr="005D71F4" w:rsidRDefault="00F64ECF" w:rsidP="00834445">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="0042730A" w:rsidP="001F4F69">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Орган</w:t>
+      </w:r>
+      <w:r w:rsidR="003B79F1" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изация  Конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="002012BD" w:rsidP="002012BD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00180635" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00180635">
+      <w:pPr>
+        <w:ind w:right="180" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C730FE" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для осуществления организационной работы по подготовке и проведению Конкурса создается республиканский оргкомитет. Состав жюри утверждается оргкомитетом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C730FE" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00180635">
+      <w:pPr>
+        <w:ind w:right="180" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C730FE" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оргкомитет осуществляет непосредственное руководство подготовкой и проведением заключительного этапа Конкурса, утверждает состав жюри, программу проведения заключительного этапа Конкурса, подводит итоги Конкурса и награждает победителей и призеров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="002012BD" w:rsidP="002012BD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="0042730A" w:rsidP="002012BD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Подведение итогов </w:t>
+      </w:r>
+      <w:r w:rsidR="00253675" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="002012BD" w:rsidP="002012BD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002012BD" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7.1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результате </w:t>
+      </w:r>
+      <w:r w:rsidR="00487745" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00487745" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а ж</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">юри определяет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>победител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ей и призеров</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для каждой ступени </w:t>
+      </w:r>
+      <w:r w:rsidR="00253675" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BD" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00725712" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="008B411B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурстық тапсырманы орындау барысында психологтар жан-жақты кәсіптік деңгейін, жалпымәдениетін және интеллектуалдық дамуын, көпшілік қауым алдында сөз сөйлеу мәдениетін көрсетеді.</w:t>
-[...8 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85109" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Победители</w:t>
+      </w:r>
+      <w:r w:rsidR="00865527" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и призеры</w:t>
+      </w:r>
+      <w:r w:rsidR="004D000D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85109" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занявшие призовые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>места награждаются</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85109" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D000D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дипломами </w:t>
+      </w:r>
+      <w:r w:rsidR="004D000D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="004D000D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidR="004D000D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D000D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidR="004D000D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> степени, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85109" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">грамотами </w:t>
+      </w:r>
+      <w:r w:rsidR="00682042" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Управления</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5C87" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования Павлодарской области.</w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85109" w:rsidRPr="005D71F4" w:rsidRDefault="00725712" w:rsidP="008B411B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Экспертная оценка жюри </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> место составляет– 98-100%</w:t>
+      </w:r>
+      <w:r w:rsidR="000D394E" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11-12 баллов), </w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>II</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D5730">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> место – 83-97% (10-11,5 баллов), </w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> саты -</w:t>
-[...13 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> место – 77-82% </w:t>
+      </w:r>
+      <w:r w:rsidR="000D394E" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(9,2-9,8 баллов)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A77202" w:rsidRPr="005D71F4" w:rsidRDefault="00A77202" w:rsidP="00834445">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D5730">
-[...11 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00B53181" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>частник</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53181" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ам,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прошедши</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53181" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экспертную оценку жюри</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53181" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D5730">
-[...11 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жыл еңбек өтілі бар психологтар.</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>70-76 %</w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-9 баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="008B411B" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53181" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45D8D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B53181" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выдаются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификат</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53181" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об участии в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D5C87" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00725712">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работы победителей</w:t>
+      </w:r>
+      <w:r w:rsidR="002210D0" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Кәсіптік шеберлікті (ата-аналар, педагогтар, балалар мен жұмыс істеу қабілеті) көрсету, білім алу процесіндегі проблемалық жағдаяттарды шешу, психологиядан теориялық білімін, жалпы жанжақтылығы және мәдениетін көрсетуге бағытталған тапсырмалар қарастырылған.</w:t>
-[...1637 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve"> заключительного этапа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурса публикуются на сайте www.daryn.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5C87" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D5730" w:rsidRDefault="00B238DF" w:rsidP="005D5730">
-[...1356 lines deleted...]
-    <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="00B238DF" w:rsidP="005D5730">
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
       <w:pPr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="850"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0579D" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.Задания для психологов со стажем работы до 3 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:left="850" w:hanging="570"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Презентация авторской программы по самостоятельно выбранной теме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критерии оценки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) актуальность темы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>б) содержательность выбранной темы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>в) общая и профессиональная эрудиция</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0-3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>г)  творческое мышление, креативность</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D5730" w:rsidRPr="005D5730">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE4EC7" w:rsidRPr="005D71F4" w:rsidRDefault="00AE4EC7" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="005D5730">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.Задания для психологов со стажем работы от 3-7 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Практический конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Презентация авторской коррекционно-развивающей программы или программы элективного курса по психологии» (можно использовать слайды, видеоролик).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критерии оценки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> а) актуальность программы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="000D394E">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> б) соответствие содержания программы поставленным целям</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="000D394E">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> в) научная обоснованность выбора комплекса заданий и упражнений</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:left="360" w:firstLine="490"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> г) результативность, эффективность программы (курса)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.Задания для психологов со стажем работы от 7 и более лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. Проведение практического мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (коррекционно-развивающее занятие, мастер-класс, психологический тренинг и т.д.) с любыми участниками образовательного процесса (учащиеся, педагоги не более 5-7 человек со своей школы), записанное на видео, либо с участниками конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критерии оценки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:ind w:left="700"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) общая культура психолога</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="00834445">
+      <w:pPr>
+        <w:ind w:left="700"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) создание оптимальной психологической атмосферы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834445" w:rsidRPr="005D71F4" w:rsidRDefault="00834445" w:rsidP="000D394E">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) предметно-профессиональная компетентность психолога</w:t>
+      </w:r>
+      <w:r w:rsidR="00A727C2" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4EC7" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00725712" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F7D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0579D" w:rsidRPr="005D71F4" w:rsidRDefault="00E0579D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0579D" w:rsidRPr="005D71F4" w:rsidRDefault="00E0579D" w:rsidP="00E0579D">
       <w:pPr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="850"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="00021E0E" w:rsidP="005D5730">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0579D" w:rsidRPr="005D71F4" w:rsidRDefault="00E0579D" w:rsidP="00E0579D">
       <w:pPr>
         <w:spacing w:before="20" w:after="20"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...90 lines deleted...]
-    <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="005D5730">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="000F698B">
       <w:pPr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="850"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявка </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00166E2A" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="000F698B">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на участие в </w:t>
+      </w:r>
+      <w:r w:rsidR="0005013D" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>городском этапе республиканского</w:t>
+      </w:r>
+      <w:r w:rsidR="00166E2A" w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0579D" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="000F698B">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Лучший психолог года»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="ad"/>
+        <w:tblStyle w:val="aa"/>
         <w:tblW w:w="9599" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="564"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1793"/>
+        <w:gridCol w:w="577"/>
+        <w:gridCol w:w="1601"/>
+        <w:gridCol w:w="1462"/>
+        <w:gridCol w:w="1464"/>
+        <w:gridCol w:w="1462"/>
+        <w:gridCol w:w="1462"/>
+        <w:gridCol w:w="1571"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidTr="007349C2">
+      <w:tr w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidTr="000F698B">
         <w:trPr>
           <w:trHeight w:val="913"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5730">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="005D71F4">
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Аудан</w:t>
+            <w:r w:rsidRPr="005D71F4">
+              <w:t>Район/город</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="005D5730">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5730">
-[...12 lines deleted...]
-              <w:t>А.Ә.</w:t>
+            <w:r w:rsidRPr="005D71F4">
+              <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5730">
-[...5 lines deleted...]
-              <w:t>Лауазымы</w:t>
+            <w:r w:rsidRPr="005D71F4">
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5730">
-[...5 lines deleted...]
-              <w:t>Жұмыс орны</w:t>
+            <w:r w:rsidRPr="005D71F4">
+              <w:t>Место работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5730">
-[...5 lines deleted...]
-              <w:t>Еңбек өтілі</w:t>
+            <w:r w:rsidRPr="005D71F4">
+              <w:t>Стаж работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1571" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="000F698B">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Байланыс</w:t>
+            <w:r w:rsidRPr="005D71F4">
+              <w:t>Контактные номера телефонов</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidTr="007349C2">
+      <w:tr w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidTr="000F698B">
         <w:trPr>
           <w:trHeight w:val="321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1571" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="007349C2">
+          <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="005D5730">
+    <w:p w:rsidR="000F698B" w:rsidRPr="005D71F4" w:rsidRDefault="000F698B" w:rsidP="00E0579D">
       <w:pPr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="850"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w:rsidR="005D5730" w:rsidRPr="005D5730" w:rsidRDefault="005D5730" w:rsidP="005D5730">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0005013D" w:rsidRPr="005D71F4" w:rsidRDefault="0005013D" w:rsidP="00834445">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00166E2A" w:rsidRPr="005D71F4" w:rsidRDefault="0005013D" w:rsidP="00166E2A">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель организации образования   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00867320" w:rsidRPr="00834445" w:rsidRDefault="00680897" w:rsidP="00680897">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мекеме басшысы               (қолы, мөр)               ТАӘ</w:t>
-[...9 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="0005013D" w:rsidRPr="005D71F4">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t>(подпись, печать)</w:t>
+      </w:r>
+      <w:r w:rsidR="0005013D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00166E2A">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-    <w:sectPr w:rsidR="00AE610E" w:rsidRPr="005D5730">
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00867320" w:rsidRPr="00834445" w:rsidSect="00325339">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...23 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="40195199"/>
+    <w:nsid w:val="00020491"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="30CECCB0"/>
-    <w:lvl w:ilvl="0" w:tplc="4B8CB506">
+    <w:tmpl w:val="D32E15B8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="05902276"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39246C4C"/>
+    <w:lvl w:ilvl="0" w:tplc="1CC617D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="1120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3280" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="4000" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4720" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6880" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="490C0449"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0C1F2A83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E7960456"/>
-    <w:lvl w:ilvl="0" w:tplc="61325038">
+    <w:tmpl w:val="E02E045C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="72A73DF3"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="108C061D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C5783A14"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="2560361A"/>
+    <w:lvl w:ilvl="0" w:tplc="4EB4E2B0">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="760"/>
+        </w:tabs>
+        <w:ind w:left="760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2148" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1480"/>
+        </w:tabs>
+        <w:ind w:left="1480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2868" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2200"/>
+        </w:tabs>
+        <w:ind w:left="2200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3588" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2920"/>
+        </w:tabs>
+        <w:ind w:left="2920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3640"/>
+        </w:tabs>
+        <w:ind w:left="3640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5028" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4360"/>
+        </w:tabs>
+        <w:ind w:left="4360" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5748" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5080"/>
+        </w:tabs>
+        <w:ind w:left="5080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6468" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5800"/>
+        </w:tabs>
+        <w:ind w:left="5800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7188" w:hanging="180"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6520"/>
+        </w:tabs>
+        <w:ind w:left="6520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="13816597"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="546289A0"/>
+    <w:lvl w:ilvl="0" w:tplc="FDF40ED6">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2280"/>
+        </w:tabs>
+        <w:ind w:left="2280" w:hanging="495"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2517"/>
+        </w:tabs>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3237"/>
+        </w:tabs>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3957"/>
+        </w:tabs>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4677"/>
+        </w:tabs>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5397"/>
+        </w:tabs>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6117"/>
+        </w:tabs>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6837"/>
+        </w:tabs>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7557"/>
+        </w:tabs>
+        <w:ind w:left="7557" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="15DE0CEA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6108D638"/>
+    <w:lvl w:ilvl="0" w:tplc="500E815E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="28F45001"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B93AA016"/>
+    <w:lvl w:ilvl="0" w:tplc="5A8620C0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="760"/>
+        </w:tabs>
+        <w:ind w:left="760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1480"/>
+        </w:tabs>
+        <w:ind w:left="1480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2200"/>
+        </w:tabs>
+        <w:ind w:left="2200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2920"/>
+        </w:tabs>
+        <w:ind w:left="2920" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3640"/>
+        </w:tabs>
+        <w:ind w:left="3640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4360"/>
+        </w:tabs>
+        <w:ind w:left="4360" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5080"/>
+        </w:tabs>
+        <w:ind w:left="5080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5800"/>
+        </w:tabs>
+        <w:ind w:left="5800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6520"/>
+        </w:tabs>
+        <w:ind w:left="6520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="317E71D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="33A0FEFE"/>
+    <w:lvl w:ilvl="0" w:tplc="AE4C2CFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2560" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4000" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4720" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="36CC6E7F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7868C848"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="3FC2370F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16788130"/>
+    <w:lvl w:ilvl="0" w:tplc="5AD4FBB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="40FC505B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15388B0A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="45F21033"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB08FFB4"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="4AD7579F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="733C4806"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="61F95776"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="756C2AD8"/>
+    <w:lvl w:ilvl="0" w:tplc="FDF40ED6">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1203"/>
+        </w:tabs>
+        <w:ind w:left="1203" w:hanging="495"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="6212150C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2736AA04"/>
+    <w:lvl w:ilvl="0" w:tplc="301E7EA0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1620"/>
+        </w:tabs>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2340"/>
+        </w:tabs>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3060"/>
+        </w:tabs>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3780"/>
+        </w:tabs>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4500"/>
+        </w:tabs>
+        <w:ind w:left="4500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5220"/>
+        </w:tabs>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5940"/>
+        </w:tabs>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6660"/>
+        </w:tabs>
+        <w:ind w:left="6660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="71157CA7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DD603FB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="74FA7D8E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="40A20110"/>
+    <w:lvl w:ilvl="0" w:tplc="470E7050">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="774D1E5E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C562B7B4"/>
+    <w:lvl w:ilvl="0" w:tplc="F56A8E52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="16">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F00B1C"/>
-[...67 lines deleted...]
-    <w:rsid w:val="00F627BE"/>
+    <w:rsidRoot w:val="002012BD"/>
+    <w:rsid w:val="00010762"/>
+    <w:rsid w:val="0001674A"/>
+    <w:rsid w:val="000322B8"/>
+    <w:rsid w:val="00034C00"/>
+    <w:rsid w:val="00037555"/>
+    <w:rsid w:val="00041D97"/>
+    <w:rsid w:val="000459B4"/>
+    <w:rsid w:val="0005013D"/>
+    <w:rsid w:val="00060F09"/>
+    <w:rsid w:val="000702E4"/>
+    <w:rsid w:val="0007030F"/>
+    <w:rsid w:val="00070A90"/>
+    <w:rsid w:val="00074155"/>
+    <w:rsid w:val="0008129F"/>
+    <w:rsid w:val="000939C6"/>
+    <w:rsid w:val="000B7756"/>
+    <w:rsid w:val="000C1C86"/>
+    <w:rsid w:val="000C3740"/>
+    <w:rsid w:val="000C4675"/>
+    <w:rsid w:val="000D2CA5"/>
+    <w:rsid w:val="000D394E"/>
+    <w:rsid w:val="000F56E9"/>
+    <w:rsid w:val="000F698B"/>
+    <w:rsid w:val="00112C44"/>
+    <w:rsid w:val="00116F7B"/>
+    <w:rsid w:val="0013511D"/>
+    <w:rsid w:val="00142360"/>
+    <w:rsid w:val="00153160"/>
+    <w:rsid w:val="001650FF"/>
+    <w:rsid w:val="00166E2A"/>
+    <w:rsid w:val="00180635"/>
+    <w:rsid w:val="00181C86"/>
+    <w:rsid w:val="001A1444"/>
+    <w:rsid w:val="001C2ACC"/>
+    <w:rsid w:val="001C308E"/>
+    <w:rsid w:val="001C3C23"/>
+    <w:rsid w:val="001D3037"/>
+    <w:rsid w:val="001D4D9B"/>
+    <w:rsid w:val="001D5402"/>
+    <w:rsid w:val="001F0803"/>
+    <w:rsid w:val="001F2613"/>
+    <w:rsid w:val="001F4F69"/>
+    <w:rsid w:val="001F6B01"/>
+    <w:rsid w:val="002012BD"/>
+    <w:rsid w:val="00212059"/>
+    <w:rsid w:val="00217FB4"/>
+    <w:rsid w:val="002210D0"/>
+    <w:rsid w:val="002230B6"/>
+    <w:rsid w:val="00223D5D"/>
+    <w:rsid w:val="002314D6"/>
+    <w:rsid w:val="002367F4"/>
+    <w:rsid w:val="00236C33"/>
+    <w:rsid w:val="002446A9"/>
+    <w:rsid w:val="00250689"/>
+    <w:rsid w:val="00253675"/>
+    <w:rsid w:val="00254C18"/>
+    <w:rsid w:val="002566CC"/>
+    <w:rsid w:val="00270947"/>
+    <w:rsid w:val="00272EE1"/>
+    <w:rsid w:val="00281044"/>
+    <w:rsid w:val="00282BFA"/>
+    <w:rsid w:val="00287D04"/>
+    <w:rsid w:val="00293BF1"/>
+    <w:rsid w:val="002A17F6"/>
+    <w:rsid w:val="002A1CE2"/>
+    <w:rsid w:val="002B68C5"/>
+    <w:rsid w:val="002B710B"/>
+    <w:rsid w:val="002C2BB1"/>
+    <w:rsid w:val="002D2025"/>
+    <w:rsid w:val="002D2507"/>
+    <w:rsid w:val="002E6624"/>
+    <w:rsid w:val="002F2D16"/>
+    <w:rsid w:val="002F447C"/>
+    <w:rsid w:val="0030023E"/>
+    <w:rsid w:val="00304D0B"/>
+    <w:rsid w:val="00325339"/>
+    <w:rsid w:val="00330A60"/>
+    <w:rsid w:val="00332212"/>
+    <w:rsid w:val="0034408D"/>
+    <w:rsid w:val="003501C6"/>
+    <w:rsid w:val="00350FCB"/>
+    <w:rsid w:val="0035108F"/>
+    <w:rsid w:val="00367297"/>
+    <w:rsid w:val="0037551A"/>
+    <w:rsid w:val="00380DAE"/>
+    <w:rsid w:val="00386E91"/>
+    <w:rsid w:val="00387C3B"/>
+    <w:rsid w:val="00390702"/>
+    <w:rsid w:val="00391710"/>
+    <w:rsid w:val="00394AE6"/>
+    <w:rsid w:val="003A4A93"/>
+    <w:rsid w:val="003B19D7"/>
+    <w:rsid w:val="003B4D98"/>
+    <w:rsid w:val="003B79F1"/>
+    <w:rsid w:val="003C06D8"/>
+    <w:rsid w:val="003D113F"/>
+    <w:rsid w:val="003D4FBC"/>
+    <w:rsid w:val="003E6F2D"/>
+    <w:rsid w:val="003E7E17"/>
+    <w:rsid w:val="003F2EB8"/>
+    <w:rsid w:val="00402495"/>
+    <w:rsid w:val="00402A2D"/>
+    <w:rsid w:val="0041137F"/>
+    <w:rsid w:val="0041633C"/>
+    <w:rsid w:val="0042730A"/>
+    <w:rsid w:val="0044367D"/>
+    <w:rsid w:val="00454E40"/>
+    <w:rsid w:val="0045541A"/>
+    <w:rsid w:val="00463C3F"/>
+    <w:rsid w:val="00465E77"/>
+    <w:rsid w:val="004727C0"/>
+    <w:rsid w:val="00474CD9"/>
+    <w:rsid w:val="00477A1C"/>
+    <w:rsid w:val="00481F8F"/>
+    <w:rsid w:val="00482F3E"/>
+    <w:rsid w:val="00487745"/>
+    <w:rsid w:val="004911ED"/>
+    <w:rsid w:val="004A192E"/>
+    <w:rsid w:val="004A437A"/>
+    <w:rsid w:val="004B0250"/>
+    <w:rsid w:val="004B2CF5"/>
+    <w:rsid w:val="004B560E"/>
+    <w:rsid w:val="004C47C9"/>
+    <w:rsid w:val="004C4AEF"/>
+    <w:rsid w:val="004D000D"/>
+    <w:rsid w:val="004D2BCC"/>
+    <w:rsid w:val="004D5C87"/>
+    <w:rsid w:val="004D637A"/>
+    <w:rsid w:val="004E63EB"/>
+    <w:rsid w:val="004E6F84"/>
+    <w:rsid w:val="004F12DE"/>
+    <w:rsid w:val="004F64A5"/>
+    <w:rsid w:val="004F68F8"/>
+    <w:rsid w:val="004F7AD6"/>
+    <w:rsid w:val="005003D8"/>
+    <w:rsid w:val="005139BD"/>
+    <w:rsid w:val="00515582"/>
+    <w:rsid w:val="0051709B"/>
+    <w:rsid w:val="00524FD6"/>
+    <w:rsid w:val="00555917"/>
+    <w:rsid w:val="005569FD"/>
+    <w:rsid w:val="00557047"/>
+    <w:rsid w:val="005633C0"/>
+    <w:rsid w:val="0057443E"/>
+    <w:rsid w:val="00580BD8"/>
+    <w:rsid w:val="00585A91"/>
+    <w:rsid w:val="00590D2B"/>
+    <w:rsid w:val="00590D41"/>
+    <w:rsid w:val="005919F9"/>
+    <w:rsid w:val="00593FA2"/>
+    <w:rsid w:val="005A1DD6"/>
+    <w:rsid w:val="005A2E43"/>
+    <w:rsid w:val="005B6D54"/>
+    <w:rsid w:val="005C7299"/>
+    <w:rsid w:val="005D1138"/>
+    <w:rsid w:val="005D2324"/>
+    <w:rsid w:val="005D3EC9"/>
+    <w:rsid w:val="005D71F4"/>
+    <w:rsid w:val="005E4DD4"/>
+    <w:rsid w:val="005E7D0E"/>
+    <w:rsid w:val="005F1E15"/>
+    <w:rsid w:val="00600BA7"/>
+    <w:rsid w:val="00601F16"/>
+    <w:rsid w:val="006028EC"/>
+    <w:rsid w:val="006277D5"/>
+    <w:rsid w:val="00653ADA"/>
+    <w:rsid w:val="00674ADD"/>
+    <w:rsid w:val="00675F6B"/>
+    <w:rsid w:val="00680897"/>
+    <w:rsid w:val="00682042"/>
+    <w:rsid w:val="00682265"/>
+    <w:rsid w:val="006836B5"/>
+    <w:rsid w:val="00686B2D"/>
+    <w:rsid w:val="00690805"/>
+    <w:rsid w:val="006922C5"/>
+    <w:rsid w:val="0069258C"/>
+    <w:rsid w:val="006932D0"/>
+    <w:rsid w:val="006A6EE6"/>
+    <w:rsid w:val="006C3204"/>
+    <w:rsid w:val="006C4201"/>
+    <w:rsid w:val="006D09C0"/>
+    <w:rsid w:val="006D224E"/>
+    <w:rsid w:val="006E0023"/>
+    <w:rsid w:val="006E3D31"/>
+    <w:rsid w:val="006E6873"/>
+    <w:rsid w:val="006F3F8E"/>
+    <w:rsid w:val="007034AC"/>
+    <w:rsid w:val="00704A48"/>
+    <w:rsid w:val="007126FE"/>
+    <w:rsid w:val="007141F8"/>
+    <w:rsid w:val="0072333F"/>
+    <w:rsid w:val="007253CE"/>
+    <w:rsid w:val="00725712"/>
+    <w:rsid w:val="00726B3B"/>
+    <w:rsid w:val="0073264F"/>
+    <w:rsid w:val="007476A6"/>
+    <w:rsid w:val="00762AE2"/>
+    <w:rsid w:val="0076396C"/>
+    <w:rsid w:val="00763F24"/>
+    <w:rsid w:val="00776D99"/>
+    <w:rsid w:val="0078488A"/>
+    <w:rsid w:val="00784CFB"/>
+    <w:rsid w:val="00797F09"/>
+    <w:rsid w:val="007A389B"/>
+    <w:rsid w:val="007B6BB4"/>
+    <w:rsid w:val="007C2C68"/>
+    <w:rsid w:val="007C4C08"/>
+    <w:rsid w:val="007D6A14"/>
+    <w:rsid w:val="007E58FB"/>
+    <w:rsid w:val="007F4830"/>
+    <w:rsid w:val="007F5381"/>
+    <w:rsid w:val="008002C4"/>
+    <w:rsid w:val="008236AE"/>
+    <w:rsid w:val="008333F9"/>
+    <w:rsid w:val="00834445"/>
+    <w:rsid w:val="00843142"/>
+    <w:rsid w:val="00844AE2"/>
+    <w:rsid w:val="00846655"/>
+    <w:rsid w:val="0085304F"/>
+    <w:rsid w:val="00853C1E"/>
+    <w:rsid w:val="0086294B"/>
+    <w:rsid w:val="00865527"/>
+    <w:rsid w:val="008667C0"/>
+    <w:rsid w:val="00867320"/>
+    <w:rsid w:val="0087224C"/>
+    <w:rsid w:val="00883D16"/>
+    <w:rsid w:val="008861A9"/>
+    <w:rsid w:val="00886925"/>
+    <w:rsid w:val="008A2C19"/>
+    <w:rsid w:val="008B411B"/>
+    <w:rsid w:val="008B423F"/>
+    <w:rsid w:val="008F01D3"/>
+    <w:rsid w:val="008F5B89"/>
+    <w:rsid w:val="008F66DC"/>
+    <w:rsid w:val="00904331"/>
+    <w:rsid w:val="009079FD"/>
+    <w:rsid w:val="009104B4"/>
+    <w:rsid w:val="00911D73"/>
+    <w:rsid w:val="0092046C"/>
+    <w:rsid w:val="00935AE5"/>
+    <w:rsid w:val="00937798"/>
+    <w:rsid w:val="009447AE"/>
+    <w:rsid w:val="00957535"/>
+    <w:rsid w:val="009602DB"/>
+    <w:rsid w:val="00964691"/>
+    <w:rsid w:val="00971D21"/>
+    <w:rsid w:val="00972261"/>
+    <w:rsid w:val="009806B3"/>
+    <w:rsid w:val="00984207"/>
+    <w:rsid w:val="009850D6"/>
+    <w:rsid w:val="00992580"/>
+    <w:rsid w:val="00994341"/>
+    <w:rsid w:val="009A28D1"/>
+    <w:rsid w:val="009A4333"/>
+    <w:rsid w:val="009B15A6"/>
+    <w:rsid w:val="009C2199"/>
+    <w:rsid w:val="009C2D18"/>
+    <w:rsid w:val="009C3572"/>
+    <w:rsid w:val="009C4C95"/>
+    <w:rsid w:val="009C674E"/>
+    <w:rsid w:val="009D226C"/>
+    <w:rsid w:val="009E0FB7"/>
+    <w:rsid w:val="009E29B8"/>
+    <w:rsid w:val="009F4222"/>
+    <w:rsid w:val="009F4F34"/>
+    <w:rsid w:val="00A003D6"/>
+    <w:rsid w:val="00A124FC"/>
+    <w:rsid w:val="00A277E6"/>
+    <w:rsid w:val="00A32E40"/>
+    <w:rsid w:val="00A530F8"/>
+    <w:rsid w:val="00A61004"/>
+    <w:rsid w:val="00A64BD8"/>
+    <w:rsid w:val="00A70D6B"/>
+    <w:rsid w:val="00A727C2"/>
+    <w:rsid w:val="00A76C41"/>
+    <w:rsid w:val="00A77202"/>
+    <w:rsid w:val="00A855B4"/>
+    <w:rsid w:val="00A86CE7"/>
+    <w:rsid w:val="00A9117B"/>
+    <w:rsid w:val="00AA4758"/>
+    <w:rsid w:val="00AC1714"/>
+    <w:rsid w:val="00AC68F4"/>
+    <w:rsid w:val="00AD370B"/>
+    <w:rsid w:val="00AE01E6"/>
+    <w:rsid w:val="00AE3EC0"/>
+    <w:rsid w:val="00AE479B"/>
+    <w:rsid w:val="00AE4EC7"/>
+    <w:rsid w:val="00AE7170"/>
+    <w:rsid w:val="00AF00E2"/>
+    <w:rsid w:val="00AF1B0D"/>
+    <w:rsid w:val="00AF4C42"/>
+    <w:rsid w:val="00AF4C89"/>
+    <w:rsid w:val="00AF6E82"/>
+    <w:rsid w:val="00B03042"/>
+    <w:rsid w:val="00B14897"/>
+    <w:rsid w:val="00B15030"/>
+    <w:rsid w:val="00B21726"/>
+    <w:rsid w:val="00B2493E"/>
+    <w:rsid w:val="00B2788A"/>
+    <w:rsid w:val="00B303D9"/>
+    <w:rsid w:val="00B30DE7"/>
+    <w:rsid w:val="00B3781A"/>
+    <w:rsid w:val="00B517D3"/>
+    <w:rsid w:val="00B53181"/>
+    <w:rsid w:val="00B65BF5"/>
+    <w:rsid w:val="00B70DF0"/>
+    <w:rsid w:val="00B74D97"/>
+    <w:rsid w:val="00B801E2"/>
+    <w:rsid w:val="00B82297"/>
+    <w:rsid w:val="00B86E4E"/>
+    <w:rsid w:val="00BA5F0C"/>
+    <w:rsid w:val="00BC0F5E"/>
+    <w:rsid w:val="00BC6910"/>
+    <w:rsid w:val="00BD2F54"/>
+    <w:rsid w:val="00BD2FC0"/>
+    <w:rsid w:val="00BD3A39"/>
+    <w:rsid w:val="00BE25A5"/>
+    <w:rsid w:val="00BE3271"/>
+    <w:rsid w:val="00C00F8D"/>
+    <w:rsid w:val="00C10F7D"/>
+    <w:rsid w:val="00C168EC"/>
+    <w:rsid w:val="00C44391"/>
+    <w:rsid w:val="00C45D8D"/>
+    <w:rsid w:val="00C56FCF"/>
+    <w:rsid w:val="00C63967"/>
+    <w:rsid w:val="00C72037"/>
+    <w:rsid w:val="00C730FE"/>
+    <w:rsid w:val="00C82F47"/>
+    <w:rsid w:val="00C85109"/>
+    <w:rsid w:val="00C96EFF"/>
+    <w:rsid w:val="00CA06C8"/>
+    <w:rsid w:val="00CA2095"/>
+    <w:rsid w:val="00CA7D1E"/>
+    <w:rsid w:val="00CC21D5"/>
+    <w:rsid w:val="00CE2400"/>
+    <w:rsid w:val="00CF2AA8"/>
+    <w:rsid w:val="00CF5236"/>
+    <w:rsid w:val="00D02E66"/>
+    <w:rsid w:val="00D05FEC"/>
+    <w:rsid w:val="00D07A09"/>
+    <w:rsid w:val="00D12B91"/>
+    <w:rsid w:val="00D2139F"/>
+    <w:rsid w:val="00D26ABA"/>
+    <w:rsid w:val="00D3485F"/>
+    <w:rsid w:val="00D56725"/>
+    <w:rsid w:val="00D65C09"/>
+    <w:rsid w:val="00D67936"/>
+    <w:rsid w:val="00D73D26"/>
+    <w:rsid w:val="00D836F6"/>
+    <w:rsid w:val="00D83A1D"/>
+    <w:rsid w:val="00D86AD2"/>
+    <w:rsid w:val="00DA13E0"/>
+    <w:rsid w:val="00DB1314"/>
+    <w:rsid w:val="00DB46E3"/>
+    <w:rsid w:val="00DB616F"/>
+    <w:rsid w:val="00DB6B17"/>
+    <w:rsid w:val="00DC2C3F"/>
+    <w:rsid w:val="00DC4E7F"/>
+    <w:rsid w:val="00DD1EBD"/>
+    <w:rsid w:val="00DE1BFA"/>
+    <w:rsid w:val="00E0579D"/>
+    <w:rsid w:val="00E10E7D"/>
+    <w:rsid w:val="00E22D0A"/>
+    <w:rsid w:val="00E235B6"/>
+    <w:rsid w:val="00E27CE3"/>
+    <w:rsid w:val="00E364F6"/>
+    <w:rsid w:val="00E469F8"/>
+    <w:rsid w:val="00E46DC7"/>
+    <w:rsid w:val="00E50495"/>
+    <w:rsid w:val="00E54557"/>
+    <w:rsid w:val="00E5649B"/>
+    <w:rsid w:val="00E608EA"/>
+    <w:rsid w:val="00E60B69"/>
+    <w:rsid w:val="00E611C3"/>
+    <w:rsid w:val="00E6462A"/>
+    <w:rsid w:val="00E67D76"/>
+    <w:rsid w:val="00E74BA5"/>
+    <w:rsid w:val="00E75175"/>
+    <w:rsid w:val="00E9200E"/>
+    <w:rsid w:val="00EA05DA"/>
+    <w:rsid w:val="00EB20E6"/>
+    <w:rsid w:val="00EB5392"/>
+    <w:rsid w:val="00EC1EEF"/>
+    <w:rsid w:val="00EC2E54"/>
+    <w:rsid w:val="00EF771F"/>
+    <w:rsid w:val="00F004FB"/>
+    <w:rsid w:val="00F05474"/>
+    <w:rsid w:val="00F145EC"/>
+    <w:rsid w:val="00F16807"/>
+    <w:rsid w:val="00F22876"/>
+    <w:rsid w:val="00F64ECF"/>
+    <w:rsid w:val="00F846A9"/>
+    <w:rsid w:val="00F91F93"/>
+    <w:rsid w:val="00F9243A"/>
+    <w:rsid w:val="00F979BC"/>
+    <w:rsid w:val="00FA2E4D"/>
+    <w:rsid w:val="00FB305B"/>
+    <w:rsid w:val="00FB4CE3"/>
+    <w:rsid w:val="00FC091C"/>
+    <w:rsid w:val="00FE581B"/>
+    <w:rsid w:val="00FE598A"/>
+    <w:rsid w:val="00FF2F75"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...26 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
@@ -5090,456 +7371,271 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C45D4B"/>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002012BD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...52 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="00C45D4B"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00844AE2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...4 lines deleted...]
-    <w:rsid w:val="00C45D4B"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="007F5381"/>
+    <w:pPr>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:right="1134" w:firstLine="510"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00E611C3"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="200"/>
+      <w:ind w:firstLine="400"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C45D4B"/>
+    <w:rsid w:val="00B65BF5"/>
     <w:pPr>
-      <w:pBdr>
-[...3 lines deleted...]
-      <w:contextualSpacing/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00C730FE"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="52"/>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Название Знак"/>
+    <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
-    <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00C45D4B"/>
+    <w:rsid w:val="00886925"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="52"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-[...28 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0036537A"/>
+    <w:rsid w:val="007E58FB"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-[...43 lines deleted...]
-  <w:style w:type="table" w:styleId="ad">
+  <w:style w:type="table" w:styleId="aa">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="005D5730"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000F698B"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="ac"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00230FDC"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="000F698B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ae"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="ab"/>
     <w:semiHidden/>
-    <w:rsid w:val="00230FDC"/>
+    <w:rsid w:val="000F698B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...26 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
@@ -5588,414 +7684,239 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C45D4B"/>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002012BD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...52 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="00C45D4B"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00844AE2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...4 lines deleted...]
-    <w:rsid w:val="00C45D4B"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="007F5381"/>
+    <w:pPr>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:right="1134" w:firstLine="510"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00E611C3"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="200"/>
+      <w:ind w:firstLine="400"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C45D4B"/>
+    <w:rsid w:val="00B65BF5"/>
     <w:pPr>
-      <w:pBdr>
-[...3 lines deleted...]
-      <w:contextualSpacing/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00C730FE"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="52"/>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Название Знак"/>
+    <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
-    <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00C45D4B"/>
+    <w:rsid w:val="00886925"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="52"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-[...28 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0036537A"/>
+    <w:rsid w:val="007E58FB"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-[...43 lines deleted...]
-  <w:style w:type="table" w:styleId="ad">
+  <w:style w:type="table" w:styleId="aa">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="005D5730"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000F698B"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="ac"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00230FDC"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="000F698B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ae"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="ab"/>
     <w:semiHidden/>
-    <w:rsid w:val="00230FDC"/>
+    <w:rsid w:val="000F698B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1386684309">
+    <w:div w:id="1721513077">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6029,86 +7950,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -6243,67 +8162,68 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6476</Characters>
+  <Pages>1</Pages>
+  <Words>1176</Words>
+  <Characters>6707</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
+  <Lines>55</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Правила</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>Mi5</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7596</CharactersWithSpaces>
+  <CharactersWithSpaces>7868</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>comp01</dc:creator>
+  <dc:title>Правила</dc:title>
+  <dc:creator>Q</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>