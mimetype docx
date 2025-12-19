--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -1,17026 +1,9975 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="24B1826F" w14:textId="77777777" w:rsidR="009C310F" w:rsidRDefault="009C310F" w:rsidP="00E83974">
+    <w:p w14:paraId="55AFCC37" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="54812064" w14:textId="51BEEDB1" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="543A408E" w14:textId="410CD4C9" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2BE5" w:rsidRPr="00FC2BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00160E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>музыкальный руководитель</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2BE5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F205E" w:rsidRPr="009F205E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>с государственным</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27933">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и русс</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ким </w:t>
+      </w:r>
+      <w:r w:rsidR="009F205E" w:rsidRPr="009F205E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47" w:rsidRPr="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының №21  жалпы орта білім беру мектебі» КММ  </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (на</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вака</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>нтную должность)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C4829A" w14:textId="584EDA44" w:rsidR="00E83974" w:rsidRDefault="008D4AB6" w:rsidP="00E83974">
+    <w:p w14:paraId="59CB7AF9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...96 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="432"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="465"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00347DD9" w:rsidRPr="00347DD9" w14:paraId="3B7D5FE8" w14:textId="77777777" w:rsidTr="009C310F">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="33F65442" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3B42241A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00347DD9" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E39982B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="736FBC0E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00347DD9" w:rsidRDefault="00E83974">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="328F912C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0ED11C17" w14:textId="4546D80B" w:rsidR="00E83974" w:rsidRPr="00347DD9" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C12006" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Камзин  көшесі, 346</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w14:paraId="2C86F802" w14:textId="77777777" w:rsidTr="009C310F">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1796A0DA" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="53D52697" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0B25CC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="33364A7E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5B0F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="44D4A33B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F52D3DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина, 346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="08C57150" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="08A57D53" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC5A07C" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAA8BE3" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00635CEC" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 60-73-13</w:t>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w14:paraId="6D9CC555" w14:textId="77777777" w:rsidTr="009C310F">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="43191D4E" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="50E53BF1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1998C8A1" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="053976E1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00AE7668">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="155595AB" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="08923F8D" w14:textId="3728EC33" w:rsidR="00E83974" w:rsidRPr="009C310F" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5B780C" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C310F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w:rsidRPr="009C310F" w14:paraId="796869FD" w14:textId="77777777" w:rsidTr="009C310F">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="5A05486B" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="324B482A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="358614F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="0D1C3785" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DF73EA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="0E8AAF01" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6EC195" w14:textId="14A1996E" w:rsidR="00661D74" w:rsidRPr="009F205E" w:rsidRDefault="00160E41" w:rsidP="009F205E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:noProof/>
-[...3 lines deleted...]
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №21 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>узыкальный руководитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w:rsidRPr="009C310F" w14:paraId="6366DFBA" w14:textId="77777777" w:rsidTr="009C310F">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="2EB3C759" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="35B70AB1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="17B8222A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="4A2204D6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E037150" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="351ECB8D" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00661D74" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>изучает возрастные и психологические особенности, интересы и потребности обучающихся, воспитанников организаций образования и по месту жительства, создает условия для их реализации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7973B09E" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...51 lines deleted...]
-              </w:rPr>
+              <w:t xml:space="preserve">-  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>содействует развитию талантов, умственных и физических способностей, формированию общей культуры личности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="664B99C7" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...130 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>способствует реализации прав ребенка на участие в ассоциациях, общественных организациях в соответствии с действующим законодательством;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D575536" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...276 lines deleted...]
-              <w:t>      еңбек қауіпсіздігі және еңбек қорғау ережелерін, санитариялық ережелер мен нормалар.</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t xml:space="preserve"> организует вечера, праздники,  каникулярный отдых обучающихся, воспитанников, поддерживает социально значимые инициативы обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A6CE45E" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t xml:space="preserve"> организует участие детей в культурно-массовых мероприятиях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E81A56A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t xml:space="preserve"> обеспечивает создание условий для охраны жизни и здоровья детей во время проведения мероприятий.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w:rsidRPr="009C310F" w14:paraId="42DF13E5" w14:textId="77777777" w:rsidTr="009C310F">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0894BB8A" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="7CA1CD6A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="41F37421" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BAE4D0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E8DCB3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37679066" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00C356D6" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1B7CF0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее образование (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve"> 177766</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="66525C75" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1B024592" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEB4106" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="00B1E593" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="782A5D3E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C47FA1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4052848C" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-   высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B3C52D" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-  и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора - не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя - не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A032C7" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t> - и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C8D78F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="383E21DB" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133A37E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="43C0EF8D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7513EE1D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A2CA78" w14:textId="0C61BC3D" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00A93942" w:rsidP="00A81D9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>07.09 – 15.09.2022г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0D417496" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A5943E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6534E583" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3955CE5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BDAEF0D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...18 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="091185B7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0043759B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370370A9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A05C376" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A285357" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...36 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281229C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...507 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FA8E297" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
-[...570 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="5BD91307" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31BBD0AE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>2022ж.</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w:rsidRPr="009C310F" w14:paraId="42BC2400" w14:textId="77777777" w:rsidTr="009C310F">
-[...2113 lines deleted...]
-      <w:tr w:rsidR="00E83974" w14:paraId="28A8BDB3" w14:textId="77777777" w:rsidTr="009C310F">
+    </w:tbl>
+    <w:p w14:paraId="23225C03" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7830976F" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2E6DF0" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3C90B1" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11879D90" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB446D3" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110DD842" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B2E1A04" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A8F495" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76BBA588" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17CA5575" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="483D3781" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F872D12" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD90A3E" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="346ACC5C" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="002EA51D" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18810C26" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29BBD3A4" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B30783" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6033FCD6" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45778C30" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1649DD3D" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AB931CC" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DB82146" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BE13CD1" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AE6F538" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="195A3046" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33FAB97C" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34AA8B89" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB7D72C" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C662A3" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35C2F523" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1343051A" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D277191" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3C8737" w14:textId="77777777" w:rsidR="00B00B36" w:rsidRDefault="00B00B36" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="561C2404" w14:textId="77777777" w:rsidR="00B00B36" w:rsidRDefault="00B00B36" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="109EA1E5" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30B58C02" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC8FCF2" w14:textId="77777777" w:rsidR="00D27933" w:rsidRPr="004D07D1" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="75D166C7" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5810" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="08348E94" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9CB00D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...621 lines deleted...]
-          <w:p w14:paraId="134CAA9D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421A97EC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="7F3A0C9E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1143113A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="71030374" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F8A567" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1BA8754D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61EE3742" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ACACCD3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21207912" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C8254BD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="7D60C5D1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0491E7ED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7B3275" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4B97A8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5EF9D942" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="6805EA43" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3210A9E5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="45F8EB33" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445285C4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="7963DBB7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE2864C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="06F0F3AB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0946E023" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="64C0A815" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DFD19FA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DA5854" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F115FF9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="307B2D16" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007D8309" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A1892CF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC50549" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589BDBAD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="6068B103" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E475E60" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="2B5BA4B8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FC839C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
-[...39 lines deleted...]
-    <w:p w14:paraId="172D7F4D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="75CAFE82" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47797E1F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
-[...28 lines deleted...]
-    <w:p w14:paraId="5A0EFADE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="0792AF00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-180" w:firstLine="180"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...7 lines deleted...]
-        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBB0625" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
-[...50 lines deleted...]
-    <w:p w14:paraId="68E320A4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="21504A86" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C681176" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="2047C103" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC44AC1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F72CC8F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="3474D6EF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221E6AFC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="01665C61" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF2A8A3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="03FB01B8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
-[...17 lines deleted...]
-    <w:p w14:paraId="4F7D9DD9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="4E3C6648" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="211D7BE7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="7E2CC121" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E83974" w14:paraId="14AABB4B" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="7DAD6024" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:tcBorders>
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F9FB30" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32261F01" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B803689" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B9296C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A76CD41" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AAD1939" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="578B4C4B" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4E4D5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FB1EEF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31DEA68B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...130 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A7F5BE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B4648FE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="15FAC406" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="626B12B6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="503EC770" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...102 lines deleted...]
-        <w:t>____________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B9B32C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="1375E271" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7CB8DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2F1B7DC5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="47CC7F0D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4CB4BFCA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="0B32F93B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-        <w:t>____________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D2E7E53" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="3D90084D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...64 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB11D1B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="599B50D5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B65E51" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="3678D392" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="034D042C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="545959DC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3CA5CF0C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="02D93441" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...110 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4004C8A4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="61B6413B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12921EC9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="27F1674E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0AB3CB61" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="7314D0E8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...77 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E8E1138" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="009F4F9E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1B37680A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="7ABE1346" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="379F012E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="68F64B15" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="69FD085E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="4BAB4429" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0462C971" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD6A0C8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E3035B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="100486B7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B0C6FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CEADB4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...27 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E83974" w14:paraId="6F9A23B9" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="16DD23FA" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B36E301" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+          <w:p w14:paraId="23EAAB68" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w14:paraId="73AF6391" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+          </w:p>
+          <w:p w14:paraId="7CBE8686" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2A8BB973" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="343BC967" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="4D562959" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74AA3EAB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="7D7D1A7D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4233268C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="436E2179" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F5AAF96" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="730706BB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150EE875" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F8979C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="075970B6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="3CB9DB4D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D45BD61" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="411EFCA1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...154 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477EDBC0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
-[...96 lines deleted...]
-    <w:p w14:paraId="68C1205A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="5CCE764B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779CF1DC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10110" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E83974" w14:paraId="5407417A" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="17DB6820" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54030119" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+          <w:p w14:paraId="5AF78439" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64986FEC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="470A9C2E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D167CAE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62BA1599" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="64753F82" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5736496C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58AB9E1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4ADD64E6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A74A565" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57F9E55D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28E0FA2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59EA5E92" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3AF928" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="5ED472A4" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01123F1D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="340BE9B1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="481100F2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5E1A7E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="682B3C5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DB7F83A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75BAC29A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C87F9D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="6655E1D7" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="173ED7CB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60E954E5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="726AC056" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="046199B5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F526EF9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08782578" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04422C5D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79AC8F00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BF6DB13" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783F4D47" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8493DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C29042A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C917D4D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1480B5BD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28C8C112" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38A385DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74533D35" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="386016DC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5959D275" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65EBB8DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1F880C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17B2E9B6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45BCAB2E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71FFE929" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01A0C7DA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="101FB6B6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BB126A8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4624C566" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BB5AB65" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="537CE881" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79F07A25" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="198AE31E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0037AB2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72AE9671" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ECE56A1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDE1DCE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="302A2DF8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D325D88" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="703B0D75" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="248046A7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="682345F7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3FF1A5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C260369" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="495D9D06" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="275DCCC4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54855005" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="195BC156" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7014BAD5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66507F3A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="392DCC08" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CF92154" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C8065DC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14D09AAA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CA3B69" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="306F5E13" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07C5E5E0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E108403" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA5456C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6165345F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02970F2F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="782E3C69" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20D08D26" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC39EBA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AAD410E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03A576C1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC97438" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="347C8BB2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2907EF2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="2B45B41F" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B78D8BE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="261FC2B2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B7D000E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7577E74F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F1B3D1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A8C24FB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D7372AC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="410300E2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="14B1811C" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C1BD0D2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4226CDAC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65AD20F7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD689A2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6AE6E3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="222886E8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07CC301A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F5E034D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="22BDBF79" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78B2C45E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D244900" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="741172C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6CCD73" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5512A58B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4765AD7F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="59D02785" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="646752BB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6ADDBE9A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57E5FEA6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6704F1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="643554D6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D0473ED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE0314C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="2637B9A2" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2188FD46" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1F6925BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1FD9D686" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="030786C2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52C97D2B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D3B969" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="537CB301" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71EC209A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AAB9BB9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7481D1B5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3357143A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAFB822" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="3B90E3EC" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42D9480E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24AE1083" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44BC39BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04002B28" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15845E0C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1218B4E6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E09A6B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="3CE9A2CC" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4084A189" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B35E594" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1DB52C52" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A71F931" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11719782" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DCE0D60" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E3E9B9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="668A53D8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63BF6633" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40C09F79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B2C2D8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="681E0518" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A174D24" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AF74089" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A73952C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F2E84CF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16A9F283" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10C941FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F55BCF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CFBFF5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B03F6D7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="522171F7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="1FCB5E85" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62B646EE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ACA40DE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="05CBF0CE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:eastAsia="en-US"/>
-[...8596 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE1C83A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78E62194" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="57F5DB1F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FA32D25" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="0DE4270E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2207A58E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
-[...47 lines deleted...]
-    <w:sectPr w:rsidR="007F5980" w:rsidSect="00E83974">
+    <w:p w14:paraId="04BB020E" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00661D74"/>
+    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="360" w:right="850" w:bottom="1134" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...349 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00062A72"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00347DD9"/>
+    <w:rsidRoot w:val="00810274"/>
+    <w:rsid w:val="00160E41"/>
+    <w:rsid w:val="00201486"/>
+    <w:rsid w:val="0044701A"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="008D4AB6"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00BF3705"/>
+    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="007B5B47"/>
+    <w:rsid w:val="00810274"/>
+    <w:rsid w:val="0086592A"/>
+    <w:rsid w:val="009F205E"/>
+    <w:rsid w:val="00A81D9B"/>
+    <w:rsid w:val="00A93942"/>
+    <w:rsid w:val="00B00B36"/>
+    <w:rsid w:val="00BD4594"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00CF5D43"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00ED2471"/>
+    <w:rsid w:val="00D27933"/>
+    <w:rsid w:val="00FC2BE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2070A199"/>
-  <w15:docId w15:val="{255C8FB7-25DB-4775-8960-7C964F52B1A4}"/>
+  <w14:docId w14:val="685825A1"/>
+  <w15:docId w15:val="{E7AE018B-2E3B-47A1-8244-11B10776032F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17378,248 +10327,199 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E83974"/>
+    <w:rsid w:val="00661D74"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...17 lines deleted...]
-      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00E83974"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...10 lines deleted...]
-    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC2BE5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA5B36"/>
+    <w:rsid w:val="00FC2BE5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA5B36"/>
+    <w:rsid w:val="00FC2BE5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...4 lines deleted...]
-    <w:rsid w:val="00EA5B36"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC2BE5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="27"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1001158521">
+    <w:div w:id="1462966294">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1283266022">
-[...25 lines deleted...]
-    <w:div w:id="1563178290">
+    <w:div w:id="1715694845">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17863,74 +10763,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F217C5B3-F4C1-4A41-9999-C1AB9952DEFB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1891</Words>
-  <Characters>10785</Characters>
+  <Words>1827</Words>
+  <Characters>10420</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12651</CharactersWithSpaces>
+  <CharactersWithSpaces>12223</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>